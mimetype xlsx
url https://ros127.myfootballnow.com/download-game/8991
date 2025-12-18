--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -848,51 +848,51 @@
   <si>
     <t>2-6-LAN 29 (5:59) 47-Jake Chatman ran to LAN 41 for 13 yards. Tackle by 52-Heath Richardson.</t>
   </si>
   <si>
     <t>#71 Mohammad Caudill - C</t>
   </si>
   <si>
     <t>5:15</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>1-10-LAN 41 (5:14) 15-Gary King ran to CIN 48 for 11 yards. 15-Gary King slides to avoid being hit.</t>
   </si>
   <si>
     <t>4:33</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>1-10-CIN 48 (4:32) 15-Gary King pass Pass knocked down by 20-John Freeman. incomplete, intended for 82-William Martinez.</t>
   </si>
   <si>
-    <t>#75 Christopher White - LG</t>
+    <t>#62 Christopher White - LG</t>
   </si>
   <si>
     <t>#52 Isaac Sullivan - SLB</t>
   </si>
   <si>
     <t>4:27</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>2-10-CIN 48 (4:28) 15-Gary King pass INTERCEPTED by 45-Joe Moorehead at CIN 40. 45-Joe Moorehead to CIN 40 for 0 yards. Tackle by 13-Craig Rippeon. Pressure by 90-John  Randle.</t>
   </si>
   <si>
     <t>4:22</t>
   </si>
   <si>
     <t>CIN 40</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
@@ -1550,51 +1550,51 @@
   <si>
     <t>14:51</t>
   </si>
   <si>
     <t>1-10-CIN 38 (14:52) 1-Juan Grisby pass complete to 84-Darrell Grider to LAN 37 for 25 yards. Tackle by 22-Gerald Tepper.</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>1-10-LAN 37 (14:12) 1-Juan Grisby pass complete to 5-Bart Lofgren to LAN 36 for a short gain. Tackle by 57-Wayne Keith.</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>2-10-LAN 36 (13:32) 1-Juan Grisby pass incomplete, dropped by 13-Jason Pearsall.</t>
   </si>
   <si>
     <t>13:27</t>
   </si>
   <si>
     <t>3-10-LAN 36 (13:28) 5-Bart Lofgren ran to LAN 34 for 3 yards. Tackle by 27-Homer Wickstrom.</t>
   </si>
   <si>
-    <t>#82 Ignacio Tuttle - TE</t>
+    <t>#39 Ignacio Tuttle - FB</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
   <si>
     <t>LAN 34</t>
   </si>
   <si>
     <t>4-7-LAN 34 (12:48) 3-Vincent Herrera 51 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
     <t>12:43</t>
   </si>
   <si>
     <t>1-10-LAN 41 (12:44) 15-Gary King pass Pass knocked down by 51-Wayne Swinford. incomplete, intended for 37-Bryan Rodgers. 53-Teddy Brownell got away with a hold on that play.</t>
   </si>
   <si>
     <t>12:40</t>
   </si>
   <si>
     <t>2-10-LAN 41 (12:41) 47-Jake Chatman ran to LAN 42 for 1 yards. Tackle by 91-Nathan Graves.</t>
   </si>
   <si>
     <t>12:07</t>
   </si>