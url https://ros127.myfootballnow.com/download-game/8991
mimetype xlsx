--- v1 (2025-12-18)
+++ v2 (2026-01-08)
@@ -1550,51 +1550,51 @@
   <si>
     <t>14:51</t>
   </si>
   <si>
     <t>1-10-CIN 38 (14:52) 1-Juan Grisby pass complete to 84-Darrell Grider to LAN 37 for 25 yards. Tackle by 22-Gerald Tepper.</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>1-10-LAN 37 (14:12) 1-Juan Grisby pass complete to 5-Bart Lofgren to LAN 36 for a short gain. Tackle by 57-Wayne Keith.</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>2-10-LAN 36 (13:32) 1-Juan Grisby pass incomplete, dropped by 13-Jason Pearsall.</t>
   </si>
   <si>
     <t>13:27</t>
   </si>
   <si>
     <t>3-10-LAN 36 (13:28) 5-Bart Lofgren ran to LAN 34 for 3 yards. Tackle by 27-Homer Wickstrom.</t>
   </si>
   <si>
-    <t>#39 Ignacio Tuttle - FB</t>
+    <t>#4 Ignacio Tuttle - FB</t>
   </si>
   <si>
     <t>12:49</t>
   </si>
   <si>
     <t>LAN 34</t>
   </si>
   <si>
     <t>4-7-LAN 34 (12:48) 3-Vincent Herrera 51 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
     <t>12:43</t>
   </si>
   <si>
     <t>1-10-LAN 41 (12:44) 15-Gary King pass Pass knocked down by 51-Wayne Swinford. incomplete, intended for 37-Bryan Rodgers. 53-Teddy Brownell got away with a hold on that play.</t>
   </si>
   <si>
     <t>12:40</t>
   </si>
   <si>
     <t>2-10-LAN 41 (12:41) 47-Jake Chatman ran to LAN 42 for 1 yards. Tackle by 91-Nathan Graves.</t>
   </si>
   <si>
     <t>12:07</t>
   </si>
@@ -2146,51 +2146,51 @@
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="362.054" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>