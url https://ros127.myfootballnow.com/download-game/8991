--- v2 (2026-01-08)
+++ v3 (2026-02-03)
@@ -692,51 +692,51 @@
   <si>
     <t>3-5-LAN 22 (9:41) 6-William Goodwin ran to LAN 21 for 1 yards. Tackle by 1-Charles Mack.</t>
   </si>
   <si>
     <t>9:04</t>
   </si>
   <si>
     <t>LAN 21</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-3-LAN 21 (9:03) 3-Vincent Herrera 38 yard field goal is NO GOOD. (Wide Left)</t>
   </si>
   <si>
     <t>#69 Richard Amedee - LT</t>
   </si>
   <si>
     <t>#64 Darren Dowdy - RG</t>
   </si>
   <si>
-    <t>#59 Dwayne Aviles - C</t>
+    <t>#68 Dwayne Aviles - C</t>
   </si>
   <si>
     <t>#73 William Willis - RG</t>
   </si>
   <si>
     <t>#92 James Worrell - WLB</t>
   </si>
   <si>
     <t>#91 Harry Shillings - WLB</t>
   </si>
   <si>
     <t>#94 Steven Lightner - RDE</t>
   </si>
   <si>
     <t>8:59</t>
   </si>
   <si>
     <t>LAN 28</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>1-10-LAN 28 (9:00) 15-Gary King pass complete to 18-Louis Moreira to LAN 49 for 21 yards. Tackle by 20-John Freeman.</t>
   </si>
@@ -848,51 +848,51 @@
   <si>
     <t>2-6-LAN 29 (5:59) 47-Jake Chatman ran to LAN 41 for 13 yards. Tackle by 52-Heath Richardson.</t>
   </si>
   <si>
     <t>#71 Mohammad Caudill - C</t>
   </si>
   <si>
     <t>5:15</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>1-10-LAN 41 (5:14) 15-Gary King ran to CIN 48 for 11 yards. 15-Gary King slides to avoid being hit.</t>
   </si>
   <si>
     <t>4:33</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>1-10-CIN 48 (4:32) 15-Gary King pass Pass knocked down by 20-John Freeman. incomplete, intended for 82-William Martinez.</t>
   </si>
   <si>
-    <t>#62 Christopher White - LG</t>
+    <t>#62 Christopher White - RG</t>
   </si>
   <si>
     <t>#52 Isaac Sullivan - SLB</t>
   </si>
   <si>
     <t>4:27</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>2-10-CIN 48 (4:28) 15-Gary King pass INTERCEPTED by 45-Joe Moorehead at CIN 40. 45-Joe Moorehead to CIN 40 for 0 yards. Tackle by 13-Craig Rippeon. Pressure by 90-John  Randle.</t>
   </si>
   <si>
     <t>4:22</t>
   </si>
   <si>
     <t>CIN 40</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>