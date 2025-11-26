--- v0 (2025-11-02)
+++ v1 (2025-11-26)
@@ -350,51 +350,51 @@
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-LAN 25 (15:00) 47-Jake Chatman ran to LAN 25 for a short loss. Tackle by 97-Gregory Sullivan.</t>
   </si>
   <si>
     <t>#15 Gary King - QB</t>
   </si>
   <si>
     <t>#25 Richard Hamm - FB</t>
   </si>
   <si>
     <t>#82 William Martinez - TE</t>
   </si>
   <si>
     <t>#10 Orlando Wheeler - WR</t>
   </si>
   <si>
     <t>#17 Stephen Johnson - WR</t>
   </si>
   <si>
     <t>#70 Robert Ring - LT</t>
   </si>
   <si>
-    <t>#75 Christopher White - LG</t>
+    <t>#56 Christopher White - C</t>
   </si>
   <si>
     <t>#77 Stephen Lynch - C</t>
   </si>
   <si>
     <t>#55 Jeffery Shaw - RG</t>
   </si>
   <si>
     <t>#56 Albert Kirby - RT</t>
   </si>
   <si>
     <t>#68 Val Harris - LDE</t>
   </si>
   <si>
     <t>#61 Todd Simmon - DT</t>
   </si>
   <si>
     <t>#56 Cameron Lay - DT</t>
   </si>
   <si>
     <t>#55 Kenneth Farley - SS</t>
   </si>
   <si>
     <t>#90 David Grossi - SLB</t>
   </si>
@@ -446,51 +446,51 @@
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>3-5-LAN 30 (13:48) 15-Gary King pass INTERCEPTED by 97-Gregory Sullivan at LAN 37. 97-Gregory Sullivan to LAN 36 for 1 yards. Tackle by 37-Bryan Rodgers.</t>
   </si>
   <si>
     <t>#37 Bryan Rodgers - RB</t>
   </si>
   <si>
     <t>13:43</t>
   </si>
   <si>
     <t>LAN 36</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-LAN 36 (13:44) 8-Michael Duncan ran to LAN 31 for 5 yards. Tackle by 1-Charles Mack.</t>
   </si>
   <si>
     <t>#11 Markus Morgan - QB</t>
   </si>
   <si>
-    <t>#47 Michael Duncan - RB</t>
+    <t>#8 Michael Duncan - RB</t>
   </si>
   <si>
     <t>#37 Tommy Cunningham - RB</t>
   </si>
   <si>
     <t>#87 William Conover - TE</t>
   </si>
   <si>
     <t>#4 Vern Vines - WR</t>
   </si>
   <si>
     <t>#18 Mark Kelso - WR</t>
   </si>
   <si>
     <t>#68 Buddy Sparks - RT</t>
   </si>
   <si>
     <t>#74 Mike Belcher - LG</t>
   </si>
   <si>
     <t>#70 Terry Coleman - C</t>
   </si>
   <si>
     <t>#51 Andrew McLaurin - RG</t>
   </si>
@@ -2159,51 +2159,51 @@
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="353.771" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>