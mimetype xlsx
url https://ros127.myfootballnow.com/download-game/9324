--- v1 (2025-11-26)
+++ v2 (2025-12-18)
@@ -350,51 +350,51 @@
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-LAN 25 (15:00) 47-Jake Chatman ran to LAN 25 for a short loss. Tackle by 97-Gregory Sullivan.</t>
   </si>
   <si>
     <t>#15 Gary King - QB</t>
   </si>
   <si>
     <t>#25 Richard Hamm - FB</t>
   </si>
   <si>
     <t>#82 William Martinez - TE</t>
   </si>
   <si>
     <t>#10 Orlando Wheeler - WR</t>
   </si>
   <si>
     <t>#17 Stephen Johnson - WR</t>
   </si>
   <si>
     <t>#70 Robert Ring - LT</t>
   </si>
   <si>
-    <t>#56 Christopher White - C</t>
+    <t>#62 Christopher White - LG</t>
   </si>
   <si>
     <t>#77 Stephen Lynch - C</t>
   </si>
   <si>
     <t>#55 Jeffery Shaw - RG</t>
   </si>
   <si>
     <t>#56 Albert Kirby - RT</t>
   </si>
   <si>
     <t>#68 Val Harris - LDE</t>
   </si>
   <si>
     <t>#61 Todd Simmon - DT</t>
   </si>
   <si>
     <t>#56 Cameron Lay - DT</t>
   </si>
   <si>
     <t>#55 Kenneth Farley - SS</t>
   </si>
   <si>
     <t>#90 David Grossi - SLB</t>
   </si>
@@ -653,51 +653,51 @@
   <si>
     <t>9:01</t>
   </si>
   <si>
     <t>LAN 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(9:02) Extra point GOOD by 1-Robert Wood. MIA 74-Mike Belcher was injured on the play. He looks like he should be able to return. MIA 7 LAN 0</t>
   </si>
   <si>
     <t>#8 Brandon Cleaves - QB</t>
   </si>
   <si>
     <t>#71 Victor Hollomon - LT</t>
   </si>
   <si>
     <t>#65 Albert Todd - RG</t>
   </si>
   <si>
-    <t>#67 Juan Davidson - C</t>
+    <t>#76 Juan Davidson - C</t>
   </si>
   <si>
     <t>#59 Brian Williams - LG</t>
   </si>
   <si>
     <t>(9:02) 1-Robert Wood kicks 75 yards from MIA 35 to LAN -10. Touchback.</t>
   </si>
   <si>
     <t>Singleback Normal HB Counter Weak</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Weak Side Blitz</t>
   </si>
   <si>
     <t>1-10-LAN 25 (9:02) 47-Jake Chatman ran to LAN 28 for 3 yards. Tackle by 25-Homer Pelton.</t>
   </si>
   <si>
     <t>8:25</t>
   </si>
   <si>
     <t>LAN 28</t>
   </si>
   <si>
     <t>Strong I Normal HB Dive Strong</t>
   </si>
@@ -914,51 +914,51 @@
   <si>
     <t>2-8-MIA 14 (14:28) 15-Gary King pass Pass knocked down by 40-James Whyte. incomplete, intended for 10-Orlando Wheeler.</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>3-8-MIA 14 (14:25) 47-Jake Chatman ran to MIA 12 for 2 yards. Tackle by 34-William Rosario.</t>
   </si>
   <si>
     <t>MIA 12</t>
   </si>
   <si>
     <t>4-6-MIA 12 (13:42) 4-Matthew Craig 30 yard field goal is GOOD. MIA 7 LAN 3</t>
   </si>
   <si>
     <t>#9 Billy Tylor - QB</t>
   </si>
   <si>
     <t>#4 Matthew Craig - K</t>
   </si>
   <si>
     <t>#59 Elton Stiles - LG</t>
   </si>
   <si>
-    <t>#62 Dean Williams - LT</t>
+    <t>#71 Dean Williams - LT</t>
   </si>
   <si>
     <t>13:39</t>
   </si>
   <si>
     <t>(13:40) 4-Matthew Craig kicks 75 yards from LAN 35 to MIA -10. Touchback.</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>1-10-MIA 25 (13:40) 12-Markus Morgan pass complete to 8-Michael Duncan to MIA 26 for 1 yards. Tackle by 57-Wayne Keith.</t>
   </si>
   <si>
     <t>12:58</t>
   </si>
   <si>
     <t>MIA 26</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
@@ -2159,51 +2159,51 @@
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="353.771" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="25.851" bestFit="true" customWidth="true" style="0"/>