--- v2 (2025-12-18)
+++ v3 (2026-02-03)
@@ -350,51 +350,51 @@
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-LAN 25 (15:00) 47-Jake Chatman ran to LAN 25 for a short loss. Tackle by 97-Gregory Sullivan.</t>
   </si>
   <si>
     <t>#15 Gary King - QB</t>
   </si>
   <si>
     <t>#25 Richard Hamm - FB</t>
   </si>
   <si>
     <t>#82 William Martinez - TE</t>
   </si>
   <si>
     <t>#10 Orlando Wheeler - WR</t>
   </si>
   <si>
     <t>#17 Stephen Johnson - WR</t>
   </si>
   <si>
     <t>#70 Robert Ring - LT</t>
   </si>
   <si>
-    <t>#62 Christopher White - LG</t>
+    <t>#62 Christopher White - RG</t>
   </si>
   <si>
     <t>#77 Stephen Lynch - C</t>
   </si>
   <si>
     <t>#55 Jeffery Shaw - RG</t>
   </si>
   <si>
     <t>#56 Albert Kirby - RT</t>
   </si>
   <si>
     <t>#68 Val Harris - LDE</t>
   </si>
   <si>
     <t>#61 Todd Simmon - DT</t>
   </si>
   <si>
     <t>#56 Cameron Lay - DT</t>
   </si>
   <si>
     <t>#55 Kenneth Farley - SS</t>
   </si>
   <si>
     <t>#90 David Grossi - SLB</t>
   </si>
@@ -905,51 +905,51 @@
   <si>
     <t>14:29</t>
   </si>
   <si>
     <t>MIA 14</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>2-8-MIA 14 (14:28) 15-Gary King pass Pass knocked down by 40-James Whyte. incomplete, intended for 10-Orlando Wheeler.</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>3-8-MIA 14 (14:25) 47-Jake Chatman ran to MIA 12 for 2 yards. Tackle by 34-William Rosario.</t>
   </si>
   <si>
     <t>MIA 12</t>
   </si>
   <si>
     <t>4-6-MIA 12 (13:42) 4-Matthew Craig 30 yard field goal is GOOD. MIA 7 LAN 3</t>
   </si>
   <si>
-    <t>#9 Billy Tylor - QB</t>
+    <t>#19 Billy Tylor - QB</t>
   </si>
   <si>
     <t>#4 Matthew Craig - K</t>
   </si>
   <si>
     <t>#59 Elton Stiles - LG</t>
   </si>
   <si>
     <t>#71 Dean Williams - LT</t>
   </si>
   <si>
     <t>13:39</t>
   </si>
   <si>
     <t>(13:40) 4-Matthew Craig kicks 75 yards from LAN 35 to MIA -10. Touchback.</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>1-10-MIA 25 (13:40) 12-Markus Morgan pass complete to 8-Michael Duncan to MIA 26 for 1 yards. Tackle by 57-Wayne Keith.</t>
   </si>
   <si>
     <t>12:58</t>
   </si>