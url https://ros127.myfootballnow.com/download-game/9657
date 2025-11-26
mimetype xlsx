--- v0 (2025-11-02)
+++ v1 (2025-11-26)
@@ -338,78 +338,78 @@
   <si>
     <t>#4 Jack Manners - K</t>
   </si>
   <si>
     <t>PHI</t>
   </si>
   <si>
     <t>PHI 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-PHI 25 (15:00) 81-Stanton Spain ran to PHI 30 for 5 yards. Tackle by 22-Thomas Sullivan.</t>
   </si>
   <si>
     <t>#3 James Garcia - QB</t>
   </si>
   <si>
     <t>#41 Stanton Spain - RB</t>
   </si>
   <si>
-    <t>#59 Leonard Bergeron - LG</t>
+    <t>#79 Leonard Bergeron - LT</t>
   </si>
   <si>
     <t>#35 James Tanner - RT</t>
   </si>
   <si>
     <t>#62 Joshua Daniels - C</t>
   </si>
   <si>
     <t>#79 Thomas Mitchell - RT</t>
   </si>
   <si>
     <t>#60 Timothy Bartlett - RG</t>
   </si>
   <si>
     <t>#47 Michael McGinn - SS</t>
   </si>
   <si>
     <t>#72 Paul Tabor - LDE</t>
   </si>
   <si>
-    <t>#66 Nathaniel Allen - DT</t>
+    <t>#76 Nathaniel Allen - DT</t>
   </si>
   <si>
     <t>#64 Kyle Tyrell - DT</t>
   </si>
   <si>
-    <t>#66 Bernard Nichols - RDE</t>
+    <t>#71 Bernard Nichols - DT</t>
   </si>
   <si>
     <t>#52 Ruben Brown - WLB</t>
   </si>
   <si>
     <t>#90 Mitchell Hooker - MLB</t>
   </si>
   <si>
     <t>#54 Justin Ortiz - WLB</t>
   </si>
   <si>
     <t>#29 Michael Turner - CB</t>
   </si>
   <si>
     <t>#26 Sidney Richardson - CB</t>
   </si>
   <si>
     <t>#22 Thomas Sullivan - SS</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>PHI 30</t>
   </si>
@@ -518,51 +518,51 @@
   <si>
     <t>#87 Ervin Nicholson - TE</t>
   </si>
   <si>
     <t>#65 Colin Burnham - LT</t>
   </si>
   <si>
     <t>#68 John Richard - LG</t>
   </si>
   <si>
     <t>#66 Adam Basham - C</t>
   </si>
   <si>
     <t>#73 Howard Chaffins - LT</t>
   </si>
   <si>
     <t>#97 Jason Collins - LDE</t>
   </si>
   <si>
     <t>#99 Anthony Reale - LDE</t>
   </si>
   <si>
     <t>#73 John Hancock - RDE</t>
   </si>
   <si>
-    <t>#97 Joshua Rusnak - DT</t>
+    <t>#99 Joshua Rusnak - LDE</t>
   </si>
   <si>
     <t>#91 Bobby Johnson - RDE</t>
   </si>
   <si>
     <t>#45 Paul Bridges - CB</t>
   </si>
   <si>
     <t>#32 Roger Johnson - SS</t>
   </si>
   <si>
     <t>#20 Marion Simmons - CB</t>
   </si>
   <si>
     <t>#42 Edward Long - SS</t>
   </si>
   <si>
     <t>12:08</t>
   </si>
   <si>
     <t>BUF 26</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
@@ -2140,97 +2140,97 @@
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="337.346" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>