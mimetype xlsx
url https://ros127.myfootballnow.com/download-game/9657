--- v1 (2025-11-26)
+++ v2 (2025-12-18)
@@ -506,63 +506,63 @@
   <si>
     <t>#1 Dick Shiner - QB</t>
   </si>
   <si>
     <t>#21 Richard Doe - RB</t>
   </si>
   <si>
     <t>#49 Frank Hernandez - TE</t>
   </si>
   <si>
     <t>#89 Joseph Singh - TE</t>
   </si>
   <si>
     <t>#87 Ervin Nicholson - TE</t>
   </si>
   <si>
     <t>#65 Colin Burnham - LT</t>
   </si>
   <si>
     <t>#68 John Richard - LG</t>
   </si>
   <si>
     <t>#66 Adam Basham - C</t>
   </si>
   <si>
-    <t>#73 Howard Chaffins - LT</t>
+    <t>#60 Howard Chaffins - RT</t>
   </si>
   <si>
     <t>#97 Jason Collins - LDE</t>
   </si>
   <si>
     <t>#99 Anthony Reale - LDE</t>
   </si>
   <si>
     <t>#73 John Hancock - RDE</t>
   </si>
   <si>
-    <t>#99 Joshua Rusnak - LDE</t>
+    <t>#79 Joshua Rusnak - LDE</t>
   </si>
   <si>
     <t>#91 Bobby Johnson - RDE</t>
   </si>
   <si>
     <t>#45 Paul Bridges - CB</t>
   </si>
   <si>
     <t>#32 Roger Johnson - SS</t>
   </si>
   <si>
     <t>#20 Marion Simmons - CB</t>
   </si>
   <si>
     <t>#42 Edward Long - SS</t>
   </si>
   <si>
     <t>12:08</t>
   </si>
   <si>
     <t>BUF 26</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>