--- v2 (2025-12-18)
+++ v3 (2026-01-08)
@@ -299,51 +299,51 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Jack Manners kicks 75 yards from BUF 35 to PHI -10. Touchback.</t>
   </si>
   <si>
     <t>#84 Mike Frier - WR</t>
   </si>
   <si>
     <t>#84 James Richards - WR</t>
   </si>
   <si>
     <t>#89 Jeffrey Tovar - WR</t>
   </si>
   <si>
     <t>#48 Michael Santiago - FB</t>
   </si>
   <si>
     <t>#45 Otto Burrows - SS</t>
   </si>
   <si>
     <t>#39 Sherman Wagner - FS</t>
   </si>
   <si>
-    <t>#17 Arthur Hornbeck - WR</t>
+    <t>#2 Arthur Hornbeck - WR</t>
   </si>
   <si>
     <t>#89 Michael Dysart - WR</t>
   </si>
   <si>
     <t>#34 Ray Wood - RB</t>
   </si>
   <si>
     <t>#82 Ryan Henslee - WR</t>
   </si>
   <si>
     <t>#87 Adam Noble - WR</t>
   </si>
   <si>
     <t>#4 Jack Manners - K</t>
   </si>
   <si>
     <t>PHI</t>
   </si>
   <si>
     <t>PHI 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
@@ -2171,51 +2171,51 @@
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>