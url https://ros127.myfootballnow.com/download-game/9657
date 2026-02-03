--- v3 (2026-01-08)
+++ v4 (2026-02-03)
@@ -374,60 +374,60 @@
   <si>
     <t>#60 Timothy Bartlett - RG</t>
   </si>
   <si>
     <t>#47 Michael McGinn - SS</t>
   </si>
   <si>
     <t>#72 Paul Tabor - LDE</t>
   </si>
   <si>
     <t>#76 Nathaniel Allen - DT</t>
   </si>
   <si>
     <t>#64 Kyle Tyrell - DT</t>
   </si>
   <si>
     <t>#71 Bernard Nichols - DT</t>
   </si>
   <si>
     <t>#52 Ruben Brown - WLB</t>
   </si>
   <si>
     <t>#90 Mitchell Hooker - MLB</t>
   </si>
   <si>
-    <t>#54 Justin Ortiz - WLB</t>
+    <t>#55 Justin Ortiz - WLB</t>
   </si>
   <si>
     <t>#29 Michael Turner - CB</t>
   </si>
   <si>
     <t>#26 Sidney Richardson - CB</t>
   </si>
   <si>
-    <t>#22 Thomas Sullivan - SS</t>
+    <t>#22 Thomas Sullivan - FS</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>PHI 30</t>
   </si>
   <si>
     <t>I Formation 3WR Weak Flood</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>2-5-PHI 30 (14:15) 11-James Garcia pass complete to 49-Michael Santiago to PHI 29 for -1 yards. Tackle by 40-Sidney Richardson.</t>
   </si>
   <si>
     <t>#56 Thomas Bowman - RG</t>
   </si>
   <si>
     <t>#29 Harold Estrada - FS</t>
   </si>
   <si>
     <t>#38 Donald Bishop - FS</t>
   </si>
@@ -455,180 +455,180 @@
   <si>
     <t>PHI 34</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-1-PHI 34 (12:53) 1-James Campbell punts 45 yards to BUF 21. Fair Catch by 48-Scott Demartini.</t>
   </si>
   <si>
     <t>#6 James Campbell - P</t>
   </si>
   <si>
     <t>#48 Scott Demartini - RB</t>
   </si>
   <si>
     <t>#98 Nathan Johnson - DT</t>
   </si>
   <si>
     <t>#63 James Brown - RG</t>
   </si>
   <si>
-    <t>#70 Thomas Oxford - RG</t>
+    <t>#54 Thomas Oxford - RG</t>
   </si>
   <si>
     <t>#68 Robert Dow - RG</t>
   </si>
   <si>
     <t>#97 James Sheridan - RDE</t>
   </si>
   <si>
     <t>#73 Jose Cropper - DT</t>
   </si>
   <si>
     <t>12:46</t>
   </si>
   <si>
     <t>BUF 21</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-BUF 21 (12:47) 48-Scott Demartini ran to BUF 26 for 4 yards. Tackle by 31-Marion Simmons.</t>
   </si>
   <si>
     <t>#1 Dick Shiner - QB</t>
   </si>
   <si>
     <t>#21 Richard Doe - RB</t>
   </si>
   <si>
     <t>#49 Frank Hernandez - TE</t>
   </si>
   <si>
     <t>#89 Joseph Singh - TE</t>
   </si>
   <si>
     <t>#87 Ervin Nicholson - TE</t>
   </si>
   <si>
     <t>#65 Colin Burnham - LT</t>
   </si>
   <si>
     <t>#68 John Richard - LG</t>
   </si>
   <si>
     <t>#66 Adam Basham - C</t>
   </si>
   <si>
-    <t>#60 Howard Chaffins - RT</t>
+    <t>#60 Howard Chaffins - LG</t>
   </si>
   <si>
     <t>#97 Jason Collins - LDE</t>
   </si>
   <si>
     <t>#99 Anthony Reale - LDE</t>
   </si>
   <si>
     <t>#73 John Hancock - RDE</t>
   </si>
   <si>
-    <t>#79 Joshua Rusnak - LDE</t>
+    <t>#73 Joshua Rusnak - LDE</t>
   </si>
   <si>
     <t>#91 Bobby Johnson - RDE</t>
   </si>
   <si>
     <t>#45 Paul Bridges - CB</t>
   </si>
   <si>
     <t>#32 Roger Johnson - SS</t>
   </si>
   <si>
     <t>#20 Marion Simmons - CB</t>
   </si>
   <si>
     <t>#42 Edward Long - SS</t>
   </si>
   <si>
     <t>12:08</t>
   </si>
   <si>
     <t>BUF 26</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-6-BUF 26 (12:07) 48-Scott Demartini ran to BUF 23 for -3 yards. Tackle by 21-Harry Crowder.</t>
   </si>
   <si>
-    <t>#21 Harry Crowder - CB</t>
+    <t>#4 Harry Crowder - CB</t>
   </si>
   <si>
     <t>11:33</t>
   </si>
   <si>
     <t>BUF 23</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>3-9-BUF 23 (11:32) 13-Dick Shiner pass incomplete, dropped by 89-Joseph Singh. BUF 49-Frank Hernandez was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#11 Walter Salvatore - WR</t>
   </si>
   <si>
     <t>#89 Randy Heller - WR</t>
   </si>
   <si>
     <t>#27 Kevin Edgerton - CB</t>
   </si>
   <si>
     <t>11:28</t>
   </si>
   <si>
     <t>4-9-BUF 23 (11:29) 15-Sylvester James punts 45 yards to PHI 33. 10-Mike Frier to PHI 35 for 2 yards. Tackle by 66-Bernard Nichols.</t>
   </si>
   <si>
-    <t>#15 Sylvester James - P</t>
+    <t>#6 Sylvester James - P</t>
   </si>
   <si>
     <t>#62 Jose Schmidt - LT</t>
   </si>
   <si>
     <t>#69 Gary Hill - LG</t>
   </si>
   <si>
     <t>#94 Gary Lewis - SLB</t>
   </si>
   <si>
     <t>11:20</t>
   </si>
   <si>
     <t>PHI 35</t>
   </si>
   <si>
     <t>Shotgun 5 Wide 5 WR All Go</t>
   </si>
   <si>
     <t>Quarter Normal CB5 Blitz</t>
   </si>
   <si>
     <t>1-10-PHI 35 (11:21) 11-James Garcia pass complete to 84-James Richards to BUF 50 for 15 yards. Tackle by 32-Pedro Farmer.</t>
   </si>
@@ -2136,51 +2136,51 @@
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="337.346" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>