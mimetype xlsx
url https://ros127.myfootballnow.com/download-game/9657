--- v4 (2026-02-03)
+++ v5 (2026-02-23)
@@ -302,93 +302,93 @@
   <si>
     <t>(15:00) 3-Jack Manners kicks 75 yards from BUF 35 to PHI -10. Touchback.</t>
   </si>
   <si>
     <t>#84 Mike Frier - WR</t>
   </si>
   <si>
     <t>#84 James Richards - WR</t>
   </si>
   <si>
     <t>#89 Jeffrey Tovar - WR</t>
   </si>
   <si>
     <t>#48 Michael Santiago - FB</t>
   </si>
   <si>
     <t>#45 Otto Burrows - SS</t>
   </si>
   <si>
     <t>#39 Sherman Wagner - FS</t>
   </si>
   <si>
     <t>#2 Arthur Hornbeck - WR</t>
   </si>
   <si>
-    <t>#89 Michael Dysart - WR</t>
+    <t>#89 Michael Dysart - RT</t>
   </si>
   <si>
     <t>#34 Ray Wood - RB</t>
   </si>
   <si>
     <t>#82 Ryan Henslee - WR</t>
   </si>
   <si>
     <t>#87 Adam Noble - WR</t>
   </si>
   <si>
     <t>#4 Jack Manners - K</t>
   </si>
   <si>
     <t>PHI</t>
   </si>
   <si>
     <t>PHI 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>1-10-PHI 25 (15:00) 81-Stanton Spain ran to PHI 30 for 5 yards. Tackle by 22-Thomas Sullivan.</t>
   </si>
   <si>
     <t>#3 James Garcia - QB</t>
   </si>
   <si>
     <t>#41 Stanton Spain - RB</t>
   </si>
   <si>
     <t>#79 Leonard Bergeron - LT</t>
   </si>
   <si>
     <t>#35 James Tanner - RT</t>
   </si>
   <si>
-    <t>#62 Joshua Daniels - C</t>
+    <t>#70 Joshua Daniels - RT</t>
   </si>
   <si>
     <t>#79 Thomas Mitchell - RT</t>
   </si>
   <si>
     <t>#60 Timothy Bartlett - RG</t>
   </si>
   <si>
     <t>#47 Michael McGinn - SS</t>
   </si>
   <si>
     <t>#72 Paul Tabor - LDE</t>
   </si>
   <si>
     <t>#76 Nathaniel Allen - DT</t>
   </si>
   <si>
     <t>#64 Kyle Tyrell - DT</t>
   </si>
   <si>
     <t>#71 Bernard Nichols - DT</t>
   </si>
   <si>
     <t>#52 Ruben Brown - WLB</t>
   </si>
@@ -1199,51 +1199,51 @@
   <si>
     <t>#67 Justin Berry - LT</t>
   </si>
   <si>
     <t>#61 James Bell - DT</t>
   </si>
   <si>
     <t>1:54</t>
   </si>
   <si>
     <t>(1:55) 3-Jack Manners kicks 72 yards from BUF 35 to PHI -7. 10-Mike Frier to PHI 24 for 33 yards. Tackle by 97-James Sheridan.</t>
   </si>
   <si>
     <t>1:49</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-PHI 24 (1:50) 81-Stanton Spain ran to PHI 29 for 4 yards. Tackle by 57-Neal Beam. PHI 62-Joshua Daniels was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#58 James Grunwald - DT</t>
+    <t>#77 James Grunwald - DT</t>
   </si>
   <si>
     <t>1:17</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>2-6-PHI 29 (1:16) 81-Stanton Spain ran to PHI 31 for 2 yards. Tackle by 99-Kyle Tyrell.</t>
   </si>
   <si>
     <t>#63 Harold Font - LT</t>
   </si>
   <si>
     <t>0:33</t>
   </si>
   <si>
     <t>PHI 31</t>
   </si>
   <si>
     <t>3-4-PHI 31 (0:32) 82-Ryan Henslee ran to PHI 29 for -2 yards. Tackle by 52-Ruben Brown.</t>
   </si>
   <si>
     <t>End of half.</t>
   </si>
@@ -2133,51 +2133,51 @@
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="337.346" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>