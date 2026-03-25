--- v5 (2026-02-23)
+++ v6 (2026-03-25)
@@ -383,51 +383,51 @@
   <si>
     <t>#76 Nathaniel Allen - DT</t>
   </si>
   <si>
     <t>#64 Kyle Tyrell - DT</t>
   </si>
   <si>
     <t>#71 Bernard Nichols - DT</t>
   </si>
   <si>
     <t>#52 Ruben Brown - WLB</t>
   </si>
   <si>
     <t>#90 Mitchell Hooker - MLB</t>
   </si>
   <si>
     <t>#55 Justin Ortiz - WLB</t>
   </si>
   <si>
     <t>#29 Michael Turner - CB</t>
   </si>
   <si>
     <t>#26 Sidney Richardson - CB</t>
   </si>
   <si>
-    <t>#22 Thomas Sullivan - FS</t>
+    <t>#21 Thomas Sullivan - FS</t>
   </si>
   <si>
     <t>14:16</t>
   </si>
   <si>
     <t>PHI 30</t>
   </si>
   <si>
     <t>I Formation 3WR Weak Flood</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>2-5-PHI 30 (14:15) 11-James Garcia pass complete to 49-Michael Santiago to PHI 29 for -1 yards. Tackle by 40-Sidney Richardson.</t>
   </si>
   <si>
     <t>#56 Thomas Bowman - RG</t>
   </si>
   <si>
     <t>#29 Harold Estrada - FS</t>
   </si>
   <si>
     <t>#38 Donald Bishop - FS</t>
   </si>