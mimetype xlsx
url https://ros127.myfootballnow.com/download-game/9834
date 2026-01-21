--- v0 (2025-12-22)
+++ v1 (2026-01-21)
@@ -1142,51 +1142,51 @@
   <si>
     <t>TEN 49</t>
   </si>
   <si>
     <t>4-8-TEN 49 (5:50) 12-Dustin Hiner punts 40 yards to TEN 8. 15-Eugene Strong to TEN 11 for 2 yards. Tackle by 92-Rex Thomas.</t>
   </si>
   <si>
     <t>5:41</t>
   </si>
   <si>
     <t>TEN 11</t>
   </si>
   <si>
     <t>1-10-TEN 11 (5:42) 24-Gary Lively ran to TEN 15 for 4 yards. Tackle by 50-Jeffrey Powell.</t>
   </si>
   <si>
     <t>5:10</t>
   </si>
   <si>
     <t>TEN 15</t>
   </si>
   <si>
     <t>2-6-TEN 15 (5:09) 24-Gary Lively ran to TEN 13 for -1 yards. Tackle by 92-Rex Thomas.</t>
   </si>
   <si>
-    <t>#39 Otis Griffeth - RB</t>
+    <t>#34 Otis Griffeth - RB</t>
   </si>
   <si>
     <t>#75 Fidel Harris - LDE</t>
   </si>
   <si>
     <t>4:32</t>
   </si>
   <si>
     <t>TEN 13</t>
   </si>
   <si>
     <t>3-7-TEN 13 (4:31) 3-David Graziani pass incomplete, intended for 81-Gregory Ortiz. Pressure by 70-Kelly Whitehurst.</t>
   </si>
   <si>
     <t>4:26</t>
   </si>
   <si>
     <t>4-7-TEN 13 (4:27) 4-Lee Kruse punts 43 yards to DAL 44. 84-Kirk Do to TEN 48 for 9 yards. Tackle by 14-David Cole.</t>
   </si>
   <si>
     <t>4:16</t>
   </si>
   <si>
     <t>TEN 48</t>
   </si>