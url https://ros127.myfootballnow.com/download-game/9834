--- v1 (2026-01-21)
+++ v2 (2026-03-24)
@@ -506,51 +506,51 @@
   <si>
     <t>Singleback Slot Strong HB Strong Inside</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>3-3-DAL 35 (11:17) 24-Gary Lively ran to DAL 32 for 3 yards. Tackle by 24-Frank Hulme. PENALTY - Holding (TEN 74-Mike Belcher)</t>
   </si>
   <si>
     <t>11:12</t>
   </si>
   <si>
     <t>DAL 45</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>3-13-DAL 45 (11:13) 3-David Graziani pass Pass knocked down by 50-Jeffrey Powell. incomplete, intended for 2-Ronald Woodard. Pressure by 90-Melvin Staub.</t>
   </si>
   <si>
     <t>#28 Sean Connelly - FS</t>
   </si>
   <si>
-    <t>#29 Ronald Rivers - FS</t>
+    <t>#30 Ronald Rivers - FS</t>
   </si>
   <si>
     <t>11:09</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-13-DAL 45 (11:10) 4-Lee Kruse punts 40 yards to DAL 5. Fair Catch by 84-Kirk Do.</t>
   </si>
   <si>
     <t>#4 Lee Kruse - P</t>
   </si>
   <si>
     <t>#19 Kirk Do - WR</t>
   </si>
   <si>
     <t>#45 Daniel Merced - WLB</t>
   </si>
   <si>
     <t>#4 Vern Vines - WR</t>
   </si>