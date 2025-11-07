--- v0 (2025-10-14)
+++ v1 (2025-11-07)
@@ -293,51 +293,51 @@
   <si>
     <t>PHI 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 9-Eugene Croteau kicks 74 yards from PHI 35 to WAS -9. Touchback.</t>
   </si>
   <si>
     <t>#86 Rudy Smith - WR</t>
   </si>
   <si>
     <t>#42 Gerald Tepper - CB</t>
   </si>
   <si>
     <t>#70 Lamar Brown - DT</t>
   </si>
   <si>
     <t>#29 Lavern Yan - FS</t>
   </si>
   <si>
-    <t>#70 Douglas Poorman - RDE</t>
+    <t>#47 Douglas Poorman - FS</t>
   </si>
   <si>
     <t>#56 Jerry Macias - WLB</t>
   </si>
   <si>
     <t>#97 David Jefferson - WLB</t>
   </si>
   <si>
     <t>#77 Walter Green - RDE</t>
   </si>
   <si>
     <t>#51 Rick Luu - DT</t>
   </si>
   <si>
     <t>#80 Andrew Houser - WR</t>
   </si>
   <si>
     <t>#35 Phillip Williams - SS</t>
   </si>
   <si>
     <t>#8 Eugene Croteau - K</t>
   </si>
   <si>
     <t>WAS</t>
   </si>
@@ -461,51 +461,51 @@
   <si>
     <t>13:41</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-WAS 29 (13:42) 1-Christopher Walsh punts 44 yards to PHI 27. Fair Catch by 10-Mike Frier.</t>
   </si>
   <si>
     <t>#1 Christopher Walsh - P</t>
   </si>
   <si>
     <t>#84 Mike Frier - WR</t>
   </si>
   <si>
     <t>#82 Ryan Henslee - WR</t>
   </si>
   <si>
     <t>#89 Michael Dysart - WR</t>
   </si>
   <si>
-    <t>#12 Jeffrey Tovar - WR</t>
+    <t>#89 Jeffrey Tovar - WR</t>
   </si>
   <si>
     <t>#71 Jose Rivera - LT</t>
   </si>
   <si>
     <t>#58 Albert Landers - C</t>
   </si>
   <si>
     <t>#94 Gary Lewis - SLB</t>
   </si>
   <si>
     <t>#73 John Hancock - RDE</t>
   </si>
   <si>
     <t>#99 Anthony Reale - LDE</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>PHI 27</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Drag In</t>
   </si>
@@ -1253,51 +1253,51 @@
   <si>
     <t>3:28</t>
   </si>
   <si>
     <t>WAS 40</t>
   </si>
   <si>
     <t>3-16-WAS 40 (3:27) 9-Randy Scarborough pass complete to 80-Andrew Houser to WAS 47 for 7 yards. Tackle by 21-Harry Crowder. 80-Andrew Houser did some fancy footwork there.</t>
   </si>
   <si>
     <t>2:51</t>
   </si>
   <si>
     <t>4-8-WAS 47 (2:50) 1-Christopher Walsh punts 47 yards to PHI 5.</t>
   </si>
   <si>
     <t>2:40</t>
   </si>
   <si>
     <t>PHI 5</t>
   </si>
   <si>
     <t>1-10-PHI 5 (2:41) 28-Willie Villanueva ran to PHI 7 for 2 yards. Tackle by 94-Steven Wiser.</t>
   </si>
   <si>
-    <t>#64 Frederick Wheat - DT</t>
+    <t>#70 Frederick Wheat - DT</t>
   </si>
   <si>
     <t>2:00</t>
   </si>
   <si>
     <t>Timeout for two minute warning.</t>
   </si>
   <si>
     <t>PHI 7</t>
   </si>
   <si>
     <t>2-8-PHI 7 (2:00) 11-James Garcia pass complete to 80-Brent Green to PHI 11 for 3 yards. Tackle by 27-Patrick Patino.</t>
   </si>
   <si>
     <t>1:20</t>
   </si>
   <si>
     <t>PHI 11</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Weak</t>
   </si>
   <si>
     <t>3-5-PHI 11 (1:19) 40-Adam Noble ran to PHI 27 for 17 yards. Tackle by 27-Patrick Patino.</t>
   </si>
@@ -2263,66 +2263,66 @@
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="35.277" bestFit="true" customWidth="true" style="0"/>