--- v1 (2025-11-07)
+++ v2 (2025-12-13)
@@ -368,51 +368,51 @@
   <si>
     <t>#81 Eric Pounds - WR</t>
   </si>
   <si>
     <t>#69 Matthew Bier - LT</t>
   </si>
   <si>
     <t>#60 Edwin Campisi - LG</t>
   </si>
   <si>
     <t>#63 Manuel Robles - C</t>
   </si>
   <si>
     <t>#64 Kevin Garcia - RG</t>
   </si>
   <si>
     <t>#68 Anthony Kenna - RT</t>
   </si>
   <si>
     <t>#97 Jason Collins - LDE</t>
   </si>
   <si>
     <t>#97 Peter Gonzales - DT</t>
   </si>
   <si>
-    <t>#67 Leonard Cruz - LDE</t>
+    <t>#67 Leonard Cruz - DT</t>
   </si>
   <si>
     <t>#26 Kurt Stovall - P</t>
   </si>
   <si>
     <t>#50 Gregory Sullivan - WLB</t>
   </si>
   <si>
     <t>#45 Otto Burrows - SS</t>
   </si>
   <si>
     <t>#39 Sherman Wagner - FS</t>
   </si>
   <si>
     <t>#21 Harry Crowder - CB</t>
   </si>
   <si>
     <t>#32 Roger Johnson - SS</t>
   </si>
   <si>
     <t>#42 Edward Long - SS</t>
   </si>
   <si>
     <t>#27 Kevin Edgerton - CB</t>
   </si>
@@ -506,51 +506,51 @@
   <si>
     <t>PHI 27</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Drag In</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-PHI 27 (13:35) 11-James Garcia pass complete to 80-Brent Green to PHI 35 for 8 yards. Tackle by 42-Gerald Tepper. Pressure by 40-Darrell Scott. PHI 80-Brent Green was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#3 James Garcia - QB</t>
   </si>
   <si>
     <t>#87 Adam Noble - WR</t>
   </si>
   <si>
     <t>#80 Brent Green - WR</t>
   </si>
   <si>
     <t>#87 Robert Shiflet - WR</t>
   </si>
   <si>
-    <t>#59 Leonard Bergeron - LG</t>
+    <t>#79 Leonard Bergeron - LT</t>
   </si>
   <si>
     <t>#62 Joshua Daniels - C</t>
   </si>
   <si>
     <t>#76 Brian Watson - C</t>
   </si>
   <si>
     <t>#60 Timothy Bartlett - RG</t>
   </si>
   <si>
     <t>#79 Thomas Mitchell - RT</t>
   </si>
   <si>
     <t>#52 Charles Pinckney - LDE</t>
   </si>
   <si>
     <t>#50 Edward Jerry - MLB</t>
   </si>
   <si>
     <t>#27 Patrick Patino - CB</t>
   </si>
   <si>
     <t>#40 Darrell Scott - SS</t>
   </si>
@@ -806,57 +806,57 @@
   <si>
     <t>5:43</t>
   </si>
   <si>
     <t>PHI 34</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-1-PHI 34 (5:42) 17-Jason Baker 51 yard field goal is GOOD. WAS 3 PHI 0</t>
   </si>
   <si>
     <t>#17 Jason Baker - K</t>
   </si>
   <si>
     <t>#75 Joseph Cantu - LG</t>
   </si>
   <si>
     <t>#33 Jeffrey Ingle - FS</t>
   </si>
   <si>
-    <t>#97 Joshua Rusnak - DT</t>
+    <t>#79 Joshua Rusnak - LDE</t>
   </si>
   <si>
     <t>#61 James Bell - DT</t>
   </si>
   <si>
-    <t>#94 Dominic Leatherwood - LDE</t>
+    <t>#70 Dominic Leatherwood - LDE</t>
   </si>
   <si>
     <t>5:38</t>
   </si>
   <si>
     <t>WAS 35</t>
   </si>
   <si>
     <t>(5:39) 17-Jason Baker kicks 74 yards from WAS 35 to PHI -9. Touchback.</t>
   </si>
   <si>
     <t>PHI 25</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>1-10-PHI 25 (5:39) 17-Jeffrey Tovar ran to PHI 26 for 1 yards. Tackle by 40-Darrell Scott.</t>
   </si>
   <si>
     <t>4:59</t>
   </si>
   <si>
     <t>PHI 26</t>
   </si>
@@ -1391,51 +1391,51 @@
   <si>
     <t>2-17-WAS 41 (11:37) 11-James Garcia pass complete to 49-Michael Santiago to WAS 36 for 5 yards. Tackle by 98-Edward Jerry. PENALTY - Holding (PHI 79-Thomas Mitchell)</t>
   </si>
   <si>
     <t>11:32</t>
   </si>
   <si>
     <t>I Formation 3WR Weak Flood</t>
   </si>
   <si>
     <t>2-27-PHI 49 (11:33) 11-James Garcia pass complete to 49-Michael Santiago to WAS 48 for 3 yards. Tackle by 54-Jerry Macias. PHI 49-Michael Santiago was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:59</t>
   </si>
   <si>
     <t>3-24-WAS 48 (10:58) 11-James Garcia pass complete to 88-Robert Shiflet to WAS 38 for 10 yards. 88-Robert Shiflet FUMBLES (29-Lavern Yan) recovered by PHI-56-Thomas Bowman at WAS 37. Tackle by 29-Lavern Yan.</t>
   </si>
   <si>
     <t>10:14</t>
   </si>
   <si>
     <t>4-13-WAS 37 (10:13) 9-Eugene Croteau 55 yard field goal is GOOD. WAS 5 PHI 3</t>
   </si>
   <si>
-    <t>#96 Thomas Meyers - WLB</t>
+    <t>#47 Thomas Meyers - SLB</t>
   </si>
   <si>
     <t>10:08</t>
   </si>
   <si>
     <t>(10:09) 9-Eugene Croteau kicks 72 yards from PHI 35 to WAS -7. Touchback.</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-WAS 25 (10:09) 9-Randy Scarborough pass complete to 88-Robert Smith to WAS 28 for 3 yards. Tackle by 21-Harry Crowder.</t>
   </si>
   <si>
     <t>9:35</t>
   </si>
   <si>
     <t>WAS 28</t>
   </si>
   <si>
     <t>2-7-WAS 28 (9:34) 9-Randy Scarborough pass complete to 80-Andrew Houser to WAS 32 for 4 yards. Tackle by 21-Harry Crowder.</t>
   </si>
   <si>
     <t>8:56</t>
   </si>