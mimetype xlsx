--- v2 (2025-12-13)
+++ v3 (2026-01-08)
@@ -368,51 +368,51 @@
   <si>
     <t>#81 Eric Pounds - WR</t>
   </si>
   <si>
     <t>#69 Matthew Bier - LT</t>
   </si>
   <si>
     <t>#60 Edwin Campisi - LG</t>
   </si>
   <si>
     <t>#63 Manuel Robles - C</t>
   </si>
   <si>
     <t>#64 Kevin Garcia - RG</t>
   </si>
   <si>
     <t>#68 Anthony Kenna - RT</t>
   </si>
   <si>
     <t>#97 Jason Collins - LDE</t>
   </si>
   <si>
     <t>#97 Peter Gonzales - DT</t>
   </si>
   <si>
-    <t>#67 Leonard Cruz - DT</t>
+    <t>#67 Leonard Cruz - LDE</t>
   </si>
   <si>
     <t>#26 Kurt Stovall - P</t>
   </si>
   <si>
     <t>#50 Gregory Sullivan - WLB</t>
   </si>
   <si>
     <t>#45 Otto Burrows - SS</t>
   </si>
   <si>
     <t>#39 Sherman Wagner - FS</t>
   </si>
   <si>
     <t>#21 Harry Crowder - CB</t>
   </si>
   <si>
     <t>#32 Roger Johnson - SS</t>
   </si>
   <si>
     <t>#42 Edward Long - SS</t>
   </si>
   <si>
     <t>#27 Kevin Edgerton - CB</t>
   </si>