--- v3 (2026-01-08)
+++ v4 (2026-02-06)
@@ -383,51 +383,51 @@
   <si>
     <t>#68 Anthony Kenna - RT</t>
   </si>
   <si>
     <t>#97 Jason Collins - LDE</t>
   </si>
   <si>
     <t>#97 Peter Gonzales - DT</t>
   </si>
   <si>
     <t>#67 Leonard Cruz - LDE</t>
   </si>
   <si>
     <t>#26 Kurt Stovall - P</t>
   </si>
   <si>
     <t>#50 Gregory Sullivan - WLB</t>
   </si>
   <si>
     <t>#45 Otto Burrows - SS</t>
   </si>
   <si>
     <t>#39 Sherman Wagner - FS</t>
   </si>
   <si>
-    <t>#21 Harry Crowder - CB</t>
+    <t>#4 Harry Crowder - CB</t>
   </si>
   <si>
     <t>#32 Roger Johnson - SS</t>
   </si>
   <si>
     <t>#42 Edward Long - SS</t>
   </si>
   <si>
     <t>#27 Kevin Edgerton - CB</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>WAS 31</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>2-4-WAS 31 (14:22) 23-Travis Richards ran to WAS 29 for -2 yards. Tackle by 97-Jason Collins.</t>
   </si>
@@ -509,51 +509,51 @@
   <si>
     <t>Split Backs 3 Wide Drag In</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-PHI 27 (13:35) 11-James Garcia pass complete to 80-Brent Green to PHI 35 for 8 yards. Tackle by 42-Gerald Tepper. Pressure by 40-Darrell Scott. PHI 80-Brent Green was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#3 James Garcia - QB</t>
   </si>
   <si>
     <t>#87 Adam Noble - WR</t>
   </si>
   <si>
     <t>#80 Brent Green - WR</t>
   </si>
   <si>
     <t>#87 Robert Shiflet - WR</t>
   </si>
   <si>
     <t>#79 Leonard Bergeron - LT</t>
   </si>
   <si>
-    <t>#62 Joshua Daniels - C</t>
+    <t>#70 Joshua Daniels - RT</t>
   </si>
   <si>
     <t>#76 Brian Watson - C</t>
   </si>
   <si>
     <t>#60 Timothy Bartlett - RG</t>
   </si>
   <si>
     <t>#79 Thomas Mitchell - RT</t>
   </si>
   <si>
     <t>#52 Charles Pinckney - LDE</t>
   </si>
   <si>
     <t>#50 Edward Jerry - MLB</t>
   </si>
   <si>
     <t>#27 Patrick Patino - CB</t>
   </si>
   <si>
     <t>#40 Darrell Scott - SS</t>
   </si>
   <si>
     <t>12:57</t>
   </si>
@@ -620,51 +620,51 @@
   <si>
     <t>WAS 50</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>3-8-WAS 50 (10:57) 11-James Garcia pass complete to 28-Willie Villanueva to WAS 47 for 3 yards. Tackle by 40-Darrell Scott.</t>
   </si>
   <si>
     <t>10:15</t>
   </si>
   <si>
     <t>WAS 47</t>
   </si>
   <si>
     <t>4-6-WAS 47 (10:14) 1-James Campbell punts 48 yards to WAS -1.4-6-WAS 47 (10:14) 1-James Campbell punts 48 yards to WAS -1. Touchback.</t>
   </si>
   <si>
     <t>#6 James Campbell - P</t>
   </si>
   <si>
-    <t>#70 Thomas Oxford - RG</t>
+    <t>#54 Thomas Oxford - RG</t>
   </si>
   <si>
     <t>#35 James Tanner - RT</t>
   </si>
   <si>
     <t>#68 Robert Dow - RG</t>
   </si>
   <si>
     <t>10:06</t>
   </si>
   <si>
     <t>WAS 20</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>1-10-WAS 20 (10:07) 23-Travis Richards ran to WAS 23 for 3 yards. Tackle by 32-Roger Johnson. PENALTY - Holding (WAS 59-Kevin Garcia)</t>
   </si>
   <si>
     <t>#83 Stephen Ray - TE</t>
   </si>
   <si>
     <t>10:02</t>
   </si>
@@ -806,51 +806,51 @@
   <si>
     <t>5:43</t>
   </si>
   <si>
     <t>PHI 34</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-1-PHI 34 (5:42) 17-Jason Baker 51 yard field goal is GOOD. WAS 3 PHI 0</t>
   </si>
   <si>
     <t>#17 Jason Baker - K</t>
   </si>
   <si>
     <t>#75 Joseph Cantu - LG</t>
   </si>
   <si>
     <t>#33 Jeffrey Ingle - FS</t>
   </si>
   <si>
-    <t>#79 Joshua Rusnak - LDE</t>
+    <t>#73 Joshua Rusnak - LDE</t>
   </si>
   <si>
     <t>#61 James Bell - DT</t>
   </si>
   <si>
     <t>#70 Dominic Leatherwood - LDE</t>
   </si>
   <si>
     <t>5:38</t>
   </si>
   <si>
     <t>WAS 35</t>
   </si>
   <si>
     <t>(5:39) 17-Jason Baker kicks 74 yards from WAS 35 to PHI -9. Touchback.</t>
   </si>
   <si>
     <t>PHI 25</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>1-10-PHI 25 (5:39) 17-Jeffrey Tovar ran to PHI 26 for 1 yards. Tackle by 40-Darrell Scott.</t>
   </si>
@@ -875,51 +875,51 @@
   <si>
     <t>3-9-PHI 26 (4:55) 11-James Garcia pass complete to 17-Jeffrey Tovar to PHI 32 for 6 yards. Tackle by 54-Jerry Macias.</t>
   </si>
   <si>
     <t>4:19</t>
   </si>
   <si>
     <t>PHI 32</t>
   </si>
   <si>
     <t>4-3-PHI 32 (4:18) 1-James Campbell punts 52 yards to WAS 16.</t>
   </si>
   <si>
     <t>4:07</t>
   </si>
   <si>
     <t>WAS 16</t>
   </si>
   <si>
     <t>1-10-WAS 16 (4:08) 23-Travis Richards ran to WAS 25 for 9 yards. Tackle by 91-Edward Long.</t>
   </si>
   <si>
     <t>#45 Paul Bridges - CB</t>
   </si>
   <si>
-    <t>#45 Donald Escobedo - CB</t>
+    <t>#42 Donald Escobedo - CB</t>
   </si>
   <si>
     <t>3:34</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>2-1-WAS 25 (3:33) 9-Randy Scarborough pass complete to 81-Eric Pounds to WAS 35 for 10 yards. Tackle by 91-Edward Long. Nice job by 81-Eric Pounds on that route to lose his coverage. Pressure by 90-Peter Gonzales.</t>
   </si>
   <si>
     <t>#41 Bryan Ahner - RB</t>
   </si>
   <si>
     <t>#10 Gregory Stewart - WR</t>
   </si>
   <si>
     <t>2:58</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
@@ -1391,51 +1391,51 @@
   <si>
     <t>2-17-WAS 41 (11:37) 11-James Garcia pass complete to 49-Michael Santiago to WAS 36 for 5 yards. Tackle by 98-Edward Jerry. PENALTY - Holding (PHI 79-Thomas Mitchell)</t>
   </si>
   <si>
     <t>11:32</t>
   </si>
   <si>
     <t>I Formation 3WR Weak Flood</t>
   </si>
   <si>
     <t>2-27-PHI 49 (11:33) 11-James Garcia pass complete to 49-Michael Santiago to WAS 48 for 3 yards. Tackle by 54-Jerry Macias. PHI 49-Michael Santiago was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>10:59</t>
   </si>
   <si>
     <t>3-24-WAS 48 (10:58) 11-James Garcia pass complete to 88-Robert Shiflet to WAS 38 for 10 yards. 88-Robert Shiflet FUMBLES (29-Lavern Yan) recovered by PHI-56-Thomas Bowman at WAS 37. Tackle by 29-Lavern Yan.</t>
   </si>
   <si>
     <t>10:14</t>
   </si>
   <si>
     <t>4-13-WAS 37 (10:13) 9-Eugene Croteau 55 yard field goal is GOOD. WAS 5 PHI 3</t>
   </si>
   <si>
-    <t>#47 Thomas Meyers - SLB</t>
+    <t>#57 Thomas Meyers - WLB</t>
   </si>
   <si>
     <t>10:08</t>
   </si>
   <si>
     <t>(10:09) 9-Eugene Croteau kicks 72 yards from PHI 35 to WAS -7. Touchback.</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-WAS 25 (10:09) 9-Randy Scarborough pass complete to 88-Robert Smith to WAS 28 for 3 yards. Tackle by 21-Harry Crowder.</t>
   </si>
   <si>
     <t>9:35</t>
   </si>
   <si>
     <t>WAS 28</t>
   </si>
   <si>
     <t>2-7-WAS 28 (9:34) 9-Randy Scarborough pass complete to 80-Andrew Houser to WAS 32 for 4 yards. Tackle by 21-Harry Crowder.</t>
   </si>
   <si>
     <t>8:56</t>
   </si>
@@ -2249,89 +2249,89 @@
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="379.764" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="64" max="64" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">