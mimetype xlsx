--- v4 (2026-02-06)
+++ v5 (2026-03-14)
@@ -458,51 +458,51 @@
   <si>
     <t>#90 Joseph Baccus - DT</t>
   </si>
   <si>
     <t>13:41</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-WAS 29 (13:42) 1-Christopher Walsh punts 44 yards to PHI 27. Fair Catch by 10-Mike Frier.</t>
   </si>
   <si>
     <t>#1 Christopher Walsh - P</t>
   </si>
   <si>
     <t>#84 Mike Frier - WR</t>
   </si>
   <si>
     <t>#82 Ryan Henslee - WR</t>
   </si>
   <si>
-    <t>#89 Michael Dysart - WR</t>
+    <t>#89 Michael Dysart - RT</t>
   </si>
   <si>
     <t>#89 Jeffrey Tovar - WR</t>
   </si>
   <si>
     <t>#71 Jose Rivera - LT</t>
   </si>
   <si>
     <t>#58 Albert Landers - C</t>
   </si>
   <si>
     <t>#94 Gary Lewis - SLB</t>
   </si>
   <si>
     <t>#73 John Hancock - RDE</t>
   </si>
   <si>
     <t>#99 Anthony Reale - LDE</t>
   </si>
   <si>
     <t>13:34</t>
   </si>
   <si>
     <t>PHI 27</t>
   </si>
@@ -584,51 +584,51 @@
   <si>
     <t>11:41</t>
   </si>
   <si>
     <t>PHI 49</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-PHI 49 (11:40) 11-James Garcia pass Pass knocked down by 40-Darrell Scott. incomplete, intended for 82-Ryan Henslee. Pressure by 53-Walter Green.</t>
   </si>
   <si>
     <t>11:34</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>2-10-PHI 49 (11:35) 17-Jeffrey Tovar ran to WAS 50 for 2 yards. Tackle by 52-Roger Bedolla.</t>
   </si>
   <si>
-    <t>#35 Willie Villanueva - FB</t>
+    <t>#46 Willie Villanueva - FB</t>
   </si>
   <si>
     <t>#52 Roger Bedolla - LDE</t>
   </si>
   <si>
     <t>#94 Steven Wiser - WLB</t>
   </si>
   <si>
     <t>10:58</t>
   </si>
   <si>
     <t>WAS 50</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>3-8-WAS 50 (10:57) 11-James Garcia pass complete to 28-Willie Villanueva to WAS 47 for 3 yards. Tackle by 40-Darrell Scott.</t>
   </si>
   <si>
     <t>10:15</t>
   </si>
@@ -875,51 +875,51 @@
   <si>
     <t>3-9-PHI 26 (4:55) 11-James Garcia pass complete to 17-Jeffrey Tovar to PHI 32 for 6 yards. Tackle by 54-Jerry Macias.</t>
   </si>
   <si>
     <t>4:19</t>
   </si>
   <si>
     <t>PHI 32</t>
   </si>
   <si>
     <t>4-3-PHI 32 (4:18) 1-James Campbell punts 52 yards to WAS 16.</t>
   </si>
   <si>
     <t>4:07</t>
   </si>
   <si>
     <t>WAS 16</t>
   </si>
   <si>
     <t>1-10-WAS 16 (4:08) 23-Travis Richards ran to WAS 25 for 9 yards. Tackle by 91-Edward Long.</t>
   </si>
   <si>
     <t>#45 Paul Bridges - CB</t>
   </si>
   <si>
-    <t>#42 Donald Escobedo - CB</t>
+    <t>#96 Donald Escobedo - RDE</t>
   </si>
   <si>
     <t>3:34</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>2-1-WAS 25 (3:33) 9-Randy Scarborough pass complete to 81-Eric Pounds to WAS 35 for 10 yards. Tackle by 91-Edward Long. Nice job by 81-Eric Pounds on that route to lose his coverage. Pressure by 90-Peter Gonzales.</t>
   </si>
   <si>
     <t>#41 Bryan Ahner - RB</t>
   </si>
   <si>
     <t>#10 Gregory Stewart - WR</t>
   </si>
   <si>
     <t>2:58</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>