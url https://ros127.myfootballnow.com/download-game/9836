--- v0 (2025-10-14)
+++ v1 (2025-12-13)
@@ -386,186 +386,186 @@
   <si>
     <t>#90 Darren Gregory - RDE</t>
   </si>
   <si>
     <t>#67 Robert Coleman - DT</t>
   </si>
   <si>
     <t>#98 Peter McMullan - DT</t>
   </si>
   <si>
     <t>#95 Victor Raglin - LDE</t>
   </si>
   <si>
     <t>#59 Roberto Steele - WLB</t>
   </si>
   <si>
     <t>#56 Mitchell Langley - MLB</t>
   </si>
   <si>
     <t>#53 John Hayes - WLB</t>
   </si>
   <si>
     <t>#34 William Rosario - CB</t>
   </si>
   <si>
-    <t>#30 Thomas Snyder - CB</t>
+    <t>#21 Thomas Snyder - CB</t>
   </si>
   <si>
     <t>#36 Robert Nicklas - SS</t>
   </si>
   <si>
     <t>#27 William Myers - FS</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>CIN 31</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>2-4-CIN 31 (14:25) 12-Ervin Scalf pass complete to 18-Jason Pino to CIN 35 for 4 yards. Tackle by 26-David Cox.</t>
   </si>
   <si>
-    <t>#18 Jason Pino - WR</t>
+    <t>#88 Jason Pino - WR</t>
   </si>
   <si>
     <t>#26 David Cox - FS</t>
   </si>
   <si>
     <t>13:45</t>
   </si>
   <si>
     <t>CIN 35</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>3-1-CIN 35 (13:44) 30-Thomas Knauss ran to CIN 33 for -1 yards. Tackle by 92-Roberto Steele. BAL 92-Roberto Steele was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>13:08</t>
   </si>
   <si>
     <t>CIN 33</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-CIN 33 (13:07) 4-Mark Christian punts 47 yards to BAL 19. 42-Wayne Jackson to BAL 22 for 2 yards. Tackle by 49-John  Randle.</t>
   </si>
   <si>
-    <t>#9 Mark Christian - P</t>
+    <t>#2 Mark Christian - P</t>
   </si>
   <si>
     <t>#62 Matthew Primus - RG</t>
   </si>
   <si>
     <t>#42 Wayne Jackson - RB</t>
   </si>
   <si>
     <t>#52 Ralph Lacroix - WLB</t>
   </si>
   <si>
     <t>#68 Corey Scott - RT</t>
   </si>
   <si>
     <t>#60 James Osburn - LG</t>
   </si>
   <si>
     <t>12:58</t>
   </si>
   <si>
     <t>BAL 22</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-BAL 22 (12:59) 47-James Price ran to BAL 28 for 6 yards. Tackle by 23-Richard Davidson. BAL 50-Alfredo Scott was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#14 William Martin - QB</t>
   </si>
   <si>
     <t>#31 James Price - RB</t>
   </si>
   <si>
-    <t>#87 David Palmer - WR</t>
+    <t>#30 David Palmer - RB</t>
   </si>
   <si>
     <t>#24 Ronald Wray - WR</t>
   </si>
   <si>
     <t>#15 Thomas Fink - WR</t>
   </si>
   <si>
     <t>#69 Paul Patel - LT</t>
   </si>
   <si>
     <t>#67 Todd Lundeen - LG</t>
   </si>
   <si>
     <t>#55 Michael Robinson - C</t>
   </si>
   <si>
     <t>#68 Justin Spears - LG</t>
   </si>
   <si>
     <t>#50 Alfredo Scott - RT</t>
   </si>
   <si>
     <t>#78 Efren Hernandez - LDE</t>
   </si>
   <si>
-    <t>#91 Rick Gibson - RDE</t>
+    <t>#79 Rick Gibson - RDE</t>
   </si>
   <si>
     <t>#44 Teddy Brownell - MLB</t>
   </si>
   <si>
     <t>#23 Richard Davidson - CB</t>
   </si>
   <si>
-    <t>#33 Kevin Froelich - FS</t>
+    <t>#36 Kevin Froelich - FS</t>
   </si>
   <si>
     <t>12:20</t>
   </si>
   <si>
     <t>BAL 28</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-4-BAL 28 (12:19) 42-Wayne Jackson ran to BAL 28 for a short loss. Tackle by 78-Efren Hernandez.</t>
   </si>
   <si>
     <t>#31 Richard Hogan - FB</t>
   </si>
   <si>
     <t>#65 Robert Roberts - LG</t>
   </si>
   <si>
     <t>11:44</t>
   </si>
@@ -590,51 +590,51 @@
   <si>
     <t>#79 David Thomas - C</t>
   </si>
   <si>
     <t>#64 Wayne Harrison - LG</t>
   </si>
   <si>
     <t>#92 Franklin Ray - DT</t>
   </si>
   <si>
     <t>#77 Robert Weber - RDE</t>
   </si>
   <si>
     <t>11:31</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-CIN 31 (11:32) 30-Thomas Knauss ran to CIN 37 for 5 yards. Tackle by 27-William Myers.</t>
   </si>
   <si>
-    <t>#30 Keith Street - RB</t>
+    <t>#13 Keith Street - RB</t>
   </si>
   <si>
     <t>#86 Darrell Grider - TE</t>
   </si>
   <si>
     <t>#33 Porfirio McCulloch - FS</t>
   </si>
   <si>
     <t>10:49</t>
   </si>
   <si>
     <t>CIN 37</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>2-5-CIN 37 (10:48) 30-Thomas Knauss ran to CIN 41 for 4 yards. Tackle by 27-William Myers.</t>
   </si>
   <si>
     <t>10:15</t>
   </si>
   <si>
     <t>CIN 41</t>
   </si>
@@ -734,102 +734,102 @@
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(7:02) Extra point GOOD by 2-Archie Murphy. CIN 7 BAL 0</t>
   </si>
   <si>
     <t>#11 Juan Grisby - QB</t>
   </si>
   <si>
     <t>#2 Archie Murphy - K</t>
   </si>
   <si>
     <t>#60 Glen Bowen - LG</t>
   </si>
   <si>
     <t>#54 Brian Bohanon - MLB</t>
   </si>
   <si>
     <t>#96 Theodore Barber - MLB</t>
   </si>
   <si>
-    <t>#69 Benny Abramowitz - RDE</t>
-[...2 lines deleted...]
-    <t>#94 George Martin - DT</t>
+    <t>#76 Benny Abramowitz - RDE</t>
+  </si>
+  <si>
+    <t>#91 George Martin - DT</t>
   </si>
   <si>
     <t>(7:02) 2-Archie Murphy kicks 71 yards from CIN 35 to BAL -6. Touchback.</t>
   </si>
   <si>
     <t>BAL 25</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-BAL 25 (7:02) 4-William Martin pass complete to 87-David Niles to BAL 33 for 8 yards. Tackle by 42-Heath Richardson. Nice job by 87-David Niles on that route to lose his coverage.</t>
   </si>
   <si>
     <t>6:19</t>
   </si>
   <si>
     <t>BAL 33</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>2-2-BAL 33 (6:18) 42-Wayne Jackson ran to BAL 42 for 9 yards. Tackle by 32-Wayne Swinford.</t>
   </si>
   <si>
     <t>5:44</t>
   </si>
   <si>
     <t>BAL 42</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>1-10-BAL 42 (5:43) 42-Wayne Jackson ran to CIN 44 for 14 yards. Tackle by 23-Richard Davidson.</t>
   </si>
   <si>
     <t>5:10</t>
   </si>
   <si>
     <t>3-4 Normal 4 Deep Zone</t>
   </si>
   <si>
     <t>1-10-CIN 44 (5:09) 47-James Price ran to CIN 34 for 10 yards. Tackle by 33-Kevin Froelich.</t>
   </si>
   <si>
-    <t>#57 Jack Dennis - MLB</t>
+    <t>#95 Jack Dennis - MLB</t>
   </si>
   <si>
     <t>4:35</t>
   </si>
   <si>
     <t>CIN 34</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
   <si>
     <t>2-1-CIN 34 (4:34) 42-Wayne Jackson ran to CIN 36 for -1 yards. Tackle by 71-Nathan Graves.</t>
   </si>
   <si>
     <t>#39 Miguel Silver - SS</t>
   </si>
   <si>
     <t>3:51</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
@@ -1436,51 +1436,51 @@
   <si>
     <t>2-1-BAL 19 (4:03) 12-Ervin Scalf pass incomplete, the ball was thrown away. Pressure by 90-Darren Gregory.</t>
   </si>
   <si>
     <t>3:57</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>3-1-BAL 19 (3:58) 35-Keith Street ran to BAL 13 for 6 yards. Tackle by 26-David Cox.</t>
   </si>
   <si>
     <t>3:24</t>
   </si>
   <si>
     <t>1-10-BAL 13 (3:23) 30-Thomas Knauss ran to BAL 6 for 8 yards. Tackle by 36-Robert Nicklas.</t>
   </si>
   <si>
     <t>2:45</t>
   </si>
   <si>
     <t>2-2-BAL 6 (2:44) 12-Ervin Scalf pass complete to 17-Lawrence Alvarez to BAL 0 for 6 yards. TOUCHDOWN! 17-Lawrence Alvarez breaks down the CB. CIN 13 BAL 7</t>
   </si>
   <si>
-    <t>#27 Matthew Driver - RB</t>
+    <t>#12 Matthew Driver - RB</t>
   </si>
   <si>
     <t>2:39</t>
   </si>
   <si>
     <t>(2:40) Extra point GOOD by 2-Archie Murphy. CIN 14 BAL 7</t>
   </si>
   <si>
     <t>(2:40) 2-Archie Murphy kicks 75 yards from CIN 35 to BAL -10. Touchback.</t>
   </si>
   <si>
     <t>46 Heavy SS MLB Blitz</t>
   </si>
   <si>
     <t>1-10-BAL 25 (2:40) 4-William Martin pass complete to 87-David Niles to CIN 48 for 27 yards. Tackle by 42-Heath Richardson. 87-David Niles breaks down the CB.</t>
   </si>
   <si>
     <t>1-10-CIN 48 (1:53) 4-William Martin pass complete to 47-James Price to CIN 47 for 1 yards. Tackle by 71-Nathan Graves.</t>
   </si>
   <si>
     <t>1:16</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>