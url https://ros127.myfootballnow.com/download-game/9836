--- v1 (2025-12-13)
+++ v2 (2026-03-13)
@@ -353,72 +353,72 @@
   <si>
     <t>1-10-CIN 25 (15:00) 30-Thomas Knauss ran to CIN 31 for 6 yards. Tackle by 53-John Hayes.</t>
   </si>
   <si>
     <t>#5 Ervin Scalf - QB</t>
   </si>
   <si>
     <t>#30 Thomas Knauss - RB</t>
   </si>
   <si>
     <t>#37 Cesar Dunbar - FB</t>
   </si>
   <si>
     <t>#88 James Caston - TE</t>
   </si>
   <si>
     <t>#17 Lawrence Alvarez - WR</t>
   </si>
   <si>
     <t>#65 Kenneth Daugherty - LT</t>
   </si>
   <si>
     <t>#63 Gary Smith - LG</t>
   </si>
   <si>
-    <t>#59 Dwayne Aviles - C</t>
+    <t>#68 Dwayne Aviles - C</t>
   </si>
   <si>
     <t>#64 Darren Dowdy - RG</t>
   </si>
   <si>
     <t>#66 Ross Johnson - RT</t>
   </si>
   <si>
     <t>#90 Darren Gregory - RDE</t>
   </si>
   <si>
     <t>#67 Robert Coleman - DT</t>
   </si>
   <si>
     <t>#98 Peter McMullan - DT</t>
   </si>
   <si>
     <t>#95 Victor Raglin - LDE</t>
   </si>
   <si>
-    <t>#59 Roberto Steele - WLB</t>
+    <t>#98 Roberto Steele - WLB</t>
   </si>
   <si>
     <t>#56 Mitchell Langley - MLB</t>
   </si>
   <si>
     <t>#53 John Hayes - WLB</t>
   </si>
   <si>
     <t>#34 William Rosario - CB</t>
   </si>
   <si>
     <t>#21 Thomas Snyder - CB</t>
   </si>
   <si>
     <t>#36 Robert Nicklas - SS</t>
   </si>
   <si>
     <t>#27 William Myers - FS</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>CIN 31</t>
   </si>
@@ -485,51 +485,51 @@
   <si>
     <t>#60 James Osburn - LG</t>
   </si>
   <si>
     <t>12:58</t>
   </si>
   <si>
     <t>BAL 22</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-BAL 22 (12:59) 47-James Price ran to BAL 28 for 6 yards. Tackle by 23-Richard Davidson. BAL 50-Alfredo Scott was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#14 William Martin - QB</t>
   </si>
   <si>
     <t>#31 James Price - RB</t>
   </si>
   <si>
-    <t>#30 David Palmer - RB</t>
+    <t>#2 David Palmer - WR</t>
   </si>
   <si>
     <t>#24 Ronald Wray - WR</t>
   </si>
   <si>
     <t>#15 Thomas Fink - WR</t>
   </si>
   <si>
     <t>#69 Paul Patel - LT</t>
   </si>
   <si>
     <t>#67 Todd Lundeen - LG</t>
   </si>
   <si>
     <t>#55 Michael Robinson - C</t>
   </si>
   <si>
     <t>#68 Justin Spears - LG</t>
   </si>
   <si>
     <t>#50 Alfredo Scott - RT</t>
   </si>
   <si>
     <t>#78 Efren Hernandez - LDE</t>
   </si>
@@ -572,51 +572,51 @@
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>3-4-BAL 28 (11:43) 4-William Martin pass incomplete, intended for 24-Ronald Wray.</t>
   </si>
   <si>
     <t>#41 Jeffery Hobbs - SLB</t>
   </si>
   <si>
     <t>11:39</t>
   </si>
   <si>
     <t>4-4-BAL 28 (11:40) 2-Jerry Minor punts 48 yards to CIN 25. 19-James Beamon to CIN 31 for 7 yards. Tackle by 27-William Myers. BAL 59-Wayne Harrison was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#2 Jerry Minor - P</t>
   </si>
   <si>
     <t>#79 David Thomas - C</t>
   </si>
   <si>
     <t>#64 Wayne Harrison - LG</t>
   </si>
   <si>
-    <t>#92 Franklin Ray - DT</t>
+    <t>#64 Franklin Ray - DT</t>
   </si>
   <si>
     <t>#77 Robert Weber - RDE</t>
   </si>
   <si>
     <t>11:31</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-CIN 31 (11:32) 30-Thomas Knauss ran to CIN 37 for 5 yards. Tackle by 27-William Myers.</t>
   </si>
   <si>
     <t>#13 Keith Street - RB</t>
   </si>
   <si>
     <t>#86 Darrell Grider - TE</t>
   </si>
   <si>
     <t>#33 Porfirio McCulloch - FS</t>
   </si>