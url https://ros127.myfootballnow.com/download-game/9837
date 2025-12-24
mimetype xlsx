--- v0 (2025-10-24)
+++ v1 (2025-12-24)
@@ -287,78 +287,78 @@
   <si>
     <t>ATL has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>NOS</t>
   </si>
   <si>
     <t>NOS 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 1-Jack Carmody kicks 62 yards from NOS 35 to ATL 3. 46-Juan Chamberlain to ATL 22 for 19 yards. Tackle by 43-Vincent McDonald.</t>
   </si>
   <si>
     <t>#46 Juan Chamberlain - WR</t>
   </si>
   <si>
     <t>#45 William Park - CB</t>
   </si>
   <si>
-    <t>#42 Robert Wooden - MLB</t>
+    <t>#38 Robert Wooden - FS</t>
   </si>
   <si>
     <t>#42 Dennis Kaiser - SS</t>
   </si>
   <si>
     <t>#93 Richard Williams - MLB</t>
   </si>
   <si>
     <t>#20 Alfredo McCormick - CB</t>
   </si>
   <si>
     <t>#97 David Aguilar - DT</t>
   </si>
   <si>
     <t>#53 Mark Burns - LDE</t>
   </si>
   <si>
     <t>#98 Jack Pierce - DT</t>
   </si>
   <si>
     <t>#59 James Ackerman - RDE</t>
   </si>
   <si>
     <t>#74 Christopher Crockett - DT</t>
   </si>
   <si>
-    <t>#5 Jack Carmody - K</t>
+    <t>#8 Jack Carmody - K</t>
   </si>
   <si>
     <t>ATL</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>ATL 22</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>46 Heavy WLB Blitz</t>
   </si>
   <si>
     <t>1-10-ATL 22 (14:57) 28-Eduardo Denton ran to ATL 32 for 10 yards. Tackle by 34-Adam Weist. NOS 91-Carl Brubaker was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#1 Dominic Smith - QB</t>
   </si>
   <si>
     <t>#38 Eduardo Denton - RB</t>
   </si>
@@ -494,90 +494,90 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-7-NOS 43 (12:15) 2-Robert Spencer punts 36 yards to NOS 7.</t>
   </si>
   <si>
     <t>#2 Robert Spencer - P</t>
   </si>
   <si>
     <t>#31 Ignacio Hughes - TE</t>
   </si>
   <si>
     <t>#19 Steven Hall - WR</t>
   </si>
   <si>
     <t>#77 Curtis Peterson - LT</t>
   </si>
   <si>
     <t>#65 Jack Harris - C</t>
   </si>
   <si>
-    <t>#69 Manuel Hagan - RDE</t>
+    <t>#69 Manuel Hagan - LDE</t>
   </si>
   <si>
     <t>12:04</t>
   </si>
   <si>
     <t>NOS 7</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-NOS 7 (12:05) 19-Jimmy Law pass Pass knocked down by 48-Bernard Dierks. incomplete, intended for 85-Ignacio Tuttle.</t>
   </si>
   <si>
     <t>#9 Jimmy Law - QB</t>
   </si>
   <si>
     <t>#44 Christopher Peterson - RB</t>
   </si>
   <si>
-    <t>#25 Gerald Stoughton - RB</t>
+    <t>#89 Gerald Stoughton - TE</t>
   </si>
   <si>
     <t>#25 Richard Hamm - FB</t>
   </si>
   <si>
-    <t>#82 Ignacio Tuttle - TE</t>
+    <t>#4 Ignacio Tuttle - FB</t>
   </si>
   <si>
     <t>#61 Anthony Taylor - LT</t>
   </si>
   <si>
     <t>#70 James Hutcherson - LG</t>
   </si>
   <si>
-    <t>#69 Brian Call - C</t>
+    <t>#69 Brian Call - LG</t>
   </si>
   <si>
     <t>#74 Omar Sosa - RG</t>
   </si>
   <si>
     <t>#66 Henry Lopez - RT</t>
   </si>
   <si>
     <t>#72 Scott McDaniel - LDE</t>
   </si>
   <si>
     <t>#70 David Harrison - DT</t>
   </si>
   <si>
     <t>#91 James Holzer - SLB</t>
   </si>
   <si>
     <t>#57 John Smiley - WLB</t>
   </si>
   <si>
     <t>#37 Ryan Cohen - CB</t>
   </si>
   <si>
     <t>#22 Richard White - CB</t>
   </si>
@@ -764,51 +764,51 @@
   <si>
     <t>Singleback Big Corner Ins</t>
   </si>
   <si>
     <t>4-3 Normal 4 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-ATL 33 (5:31) 19-Jimmy Law pass complete to 15-Steven Hall to ATL 21 for 12 yards. Tackle by 22-Richard White.</t>
   </si>
   <si>
     <t>4:57</t>
   </si>
   <si>
     <t>ATL 21</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-ATL 21 (4:56) 18-Christopher Peterson ran to ATL 19 for 2 yards. Tackle by 93-Richard Williams.</t>
   </si>
   <si>
-    <t>#58 Daniel Edwards - SLB</t>
+    <t>#6 Daniel Edwards - MLB</t>
   </si>
   <si>
     <t>4:17</t>
   </si>
   <si>
     <t>ATL 19</t>
   </si>
   <si>
     <t>I Formation Normal Cross In</t>
   </si>
   <si>
     <t>4-3 Under Crash Left</t>
   </si>
   <si>
     <t>2-8-ATL 19 (4:16) 19-Jimmy Law pass complete to 46-Derek Wadkins to ATL 23 for -4 yards. Tackle by 23-Alfredo McCormick.</t>
   </si>
   <si>
     <t>#46 Derek Wadkins - RB</t>
   </si>
   <si>
     <t>3:38</t>
   </si>
   <si>
     <t>ATL 23</t>
   </si>
@@ -2298,51 +2298,51 @@
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="81" max="81" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>