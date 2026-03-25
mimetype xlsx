--- v1 (2025-12-24)
+++ v2 (2026-03-25)
@@ -305,51 +305,51 @@
   <si>
     <t>#46 Juan Chamberlain - WR</t>
   </si>
   <si>
     <t>#45 William Park - CB</t>
   </si>
   <si>
     <t>#38 Robert Wooden - FS</t>
   </si>
   <si>
     <t>#42 Dennis Kaiser - SS</t>
   </si>
   <si>
     <t>#93 Richard Williams - MLB</t>
   </si>
   <si>
     <t>#20 Alfredo McCormick - CB</t>
   </si>
   <si>
     <t>#97 David Aguilar - DT</t>
   </si>
   <si>
     <t>#53 Mark Burns - LDE</t>
   </si>
   <si>
-    <t>#98 Jack Pierce - DT</t>
+    <t>#91 Jack Pierce - DT</t>
   </si>
   <si>
     <t>#59 James Ackerman - RDE</t>
   </si>
   <si>
     <t>#74 Christopher Crockett - DT</t>
   </si>
   <si>
     <t>#8 Jack Carmody - K</t>
   </si>
   <si>
     <t>ATL</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>ATL 22</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>46 Heavy WLB Blitz</t>
   </si>
@@ -494,51 +494,51 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-7-NOS 43 (12:15) 2-Robert Spencer punts 36 yards to NOS 7.</t>
   </si>
   <si>
     <t>#2 Robert Spencer - P</t>
   </si>
   <si>
     <t>#31 Ignacio Hughes - TE</t>
   </si>
   <si>
     <t>#19 Steven Hall - WR</t>
   </si>
   <si>
     <t>#77 Curtis Peterson - LT</t>
   </si>
   <si>
     <t>#65 Jack Harris - C</t>
   </si>
   <si>
-    <t>#69 Manuel Hagan - LDE</t>
+    <t>#69 Manuel Hagan - RDE</t>
   </si>
   <si>
     <t>12:04</t>
   </si>
   <si>
     <t>NOS 7</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-NOS 7 (12:05) 19-Jimmy Law pass Pass knocked down by 48-Bernard Dierks. incomplete, intended for 85-Ignacio Tuttle.</t>
   </si>
   <si>
     <t>#9 Jimmy Law - QB</t>
   </si>
   <si>
     <t>#44 Christopher Peterson - RB</t>
   </si>
   <si>
     <t>#89 Gerald Stoughton - TE</t>
   </si>
@@ -698,51 +698,51 @@
   <si>
     <t>NOS 42</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-1-NOS 42 (7:44) 7-Jimmy Saito 59 yard field goal is NO GOOD. (Short)</t>
   </si>
   <si>
     <t>#7 Jimmy Saito - K</t>
   </si>
   <si>
     <t>#77 Fernando Gutierrez - DT</t>
   </si>
   <si>
     <t>#68 Philip Murrow - RG</t>
   </si>
   <si>
     <t>#94 Carl Lipscomb - MLB</t>
   </si>
   <si>
-    <t>#74 James Church - LDE</t>
+    <t>#74 James Church - DT</t>
   </si>
   <si>
     <t>7:39</t>
   </si>
   <si>
     <t>NOS 49</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>1-10-NOS 49 (7:40) 19-Jimmy Law pass complete to 18-Christopher Peterson to NOS 49 for a short loss. Tackle by 91-James Holzer.</t>
   </si>
   <si>
     <t>6:55</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
   <si>
     <t>2-10-NOS 49 (6:54) 18-Christopher Peterson ran to ATL 46 for 6 yards. Tackle by 54-John Smiley. 25-Richard Hamm was caught flat-footed on this play. ATL 54-John Smiley was injured on the play. He looks like he should be able to return.</t>
   </si>