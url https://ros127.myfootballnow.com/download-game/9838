--- v0 (2025-10-16)
+++ v1 (2025-11-16)
@@ -659,51 +659,51 @@
   <si>
     <t>9:07</t>
   </si>
   <si>
     <t>LAN 30</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-5-LAN 30 (9:06) 9-Robert Nelson 49 yard field goal is GOOD. TBY 3 LAN 0</t>
   </si>
   <si>
     <t>#6 Terry Blaisdell - P</t>
   </si>
   <si>
     <t>#54 Thomas Luce - LT</t>
   </si>
   <si>
     <t>#22 Kim Dorsey - RB</t>
   </si>
   <si>
-    <t>#55 James Nesbitt - C</t>
+    <t>#50 James Nesbitt - C</t>
   </si>
   <si>
     <t>#24 Robert Hill - LT</t>
   </si>
   <si>
     <t>#79 Brian Munn - LDE</t>
   </si>
   <si>
     <t>#91 Mark Lamb - LDE</t>
   </si>
   <si>
     <t>#50 Michael Smith - DT</t>
   </si>
   <si>
     <t>#52 Samuel Bond - DT</t>
   </si>
   <si>
     <t>9:02</t>
   </si>
   <si>
     <t>(9:03) 9-Robert Nelson kicks 67 yards from TBY 35 to LAN -2. Touchback.</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>