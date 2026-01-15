--- v1 (2025-11-16)
+++ v2 (2026-01-15)
@@ -335,51 +335,51 @@
   <si>
     <t>#74 Ricky Santos - RDE</t>
   </si>
   <si>
     <t>#12 Robert Nelson - K</t>
   </si>
   <si>
     <t>LAN</t>
   </si>
   <si>
     <t>LAN 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Blitz Stunt Blitz</t>
   </si>
   <si>
     <t>1-10-LAN 25 (15:00) 15-Gary King pass incomplete, dropped by 80-George Watkins. The coverage on that play was extremely tight.</t>
   </si>
   <si>
     <t>#15 Gary King - QB</t>
   </si>
   <si>
-    <t>#32 Robert Malloy - RB</t>
+    <t>#44 Robert Malloy - RB</t>
   </si>
   <si>
     <t>#82 William Martinez - TE</t>
   </si>
   <si>
     <t>#10 Orlando Wheeler - WR</t>
   </si>
   <si>
     <t>#80 George Watkins - WR</t>
   </si>
   <si>
     <t>#17 Stephen Johnson - WR</t>
   </si>
   <si>
     <t>#70 Robert Ring - LT</t>
   </si>
   <si>
     <t>#59 Brian Williams - LG</t>
   </si>
   <si>
     <t>#77 Stephen Lynch - C</t>
   </si>
   <si>
     <t>#54 John Holmquist - RG</t>
   </si>
@@ -467,93 +467,93 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-LAN 31 (13:34) 19-Matthew Guzzi punts 47 yards to TBY 22. Fair Catch by 12-Ivan Perkins.</t>
   </si>
   <si>
     <t>#19 Matthew Guzzi - P</t>
   </si>
   <si>
     <t>#56 Albert Kirby - RT</t>
   </si>
   <si>
     <t>#12 Ivan Perkins - WR</t>
   </si>
   <si>
     <t>#34 Adam Randolph - FS</t>
   </si>
   <si>
     <t>#29 Anthony Holland - FS</t>
   </si>
   <si>
-    <t>#62 Dean Williams - LT</t>
+    <t>#71 Dean Williams - LT</t>
   </si>
   <si>
     <t>#94 Kelvin Hernandez - SLB</t>
   </si>
   <si>
     <t>13:27</t>
   </si>
   <si>
     <t>TBY 22</t>
   </si>
   <si>
     <t>I Formation Normal HB Counter</t>
   </si>
   <si>
     <t>46 Heavy WLB Blitz</t>
   </si>
   <si>
     <t>1-10-TBY 22 (13:28) 15-Harold Sheppard ran to TBY 33 for 11 yards. Tackle by 31-Fermin Warner.</t>
   </si>
   <si>
     <t>#1 Dudley Harris - QB</t>
   </si>
   <si>
     <t>#40 Harold Sheppard - RB</t>
   </si>
   <si>
     <t>#45 Jeremiah Miller - FB</t>
   </si>
   <si>
     <t>#81 Malcolm Jackson - TE</t>
   </si>
   <si>
     <t>#89 Corey Abston - WR</t>
   </si>
   <si>
     <t>#70 Manuel Payson - LT</t>
   </si>
   <si>
     <t>#56 David Whitted - LG</t>
   </si>
   <si>
-    <t>#75 Robert Joy - C</t>
+    <t>#50 Robert Joy - RG</t>
   </si>
   <si>
     <t>#58 Charles Crutchfield - RG</t>
   </si>
   <si>
     <t>#73 Roberto Reagan - RT</t>
   </si>
   <si>
     <t>#51 Harold Coria - DT</t>
   </si>
   <si>
     <t>#53 Kevin Hayes - MLB</t>
   </si>
   <si>
     <t>#55 Don Brooks - WLB</t>
   </si>
   <si>
     <t>#31 Fermin Warner - SS</t>
   </si>
   <si>
     <t>#24 Michael Bousquet - FS</t>
   </si>
   <si>
     <t>12:54</t>
   </si>
@@ -953,51 +953,51 @@
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>3-5-TBY 27 (13:30) 15-Gary King pass complete to 10-Orlando Wheeler to TBY 26 for 1 yards. Tackle by 48-Joaquin Whitcomb.</t>
   </si>
   <si>
     <t>12:56</t>
   </si>
   <si>
     <t>TBY 26</t>
   </si>
   <si>
     <t>4-4-TBY 26 (12:55) 14-William Campbell 43 yard field goal is GOOD. TBY 3 LAN 3</t>
   </si>
   <si>
     <t>#9 Billy Tylor - QB</t>
   </si>
   <si>
     <t>#14 William Campbell - K</t>
   </si>
   <si>
     <t>#71 Mohammad Caudill - C</t>
   </si>
   <si>
-    <t>#54 Johnnie Hanson - DT</t>
+    <t>#60 Johnnie Hanson - DT</t>
   </si>
   <si>
     <t>#66 Jerry Holt - RDE</t>
   </si>
   <si>
     <t>#97 Michael Ray - RDE</t>
   </si>
   <si>
     <t>12:50</t>
   </si>
   <si>
     <t>LAN 35</t>
   </si>
   <si>
     <t>(12:51) 14-William Campbell kicks 69 yards from LAN 35 to TBY -4. 12-Ivan Perkins to TBY 27 for 32 yards. Tackle by 97-Emil Hruby. TBY 48-Joaquin Whitcomb was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>12:46</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>1-10-TBY 27 (12:47) 15-Harold Sheppard ran to TBY 28 for 1 yards. Tackle by 68-Val Harris. TBY 15-Harold Sheppard was injured on the play. He looks like he should be able to return.</t>
   </si>