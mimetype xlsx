--- v2 (2026-01-15)
+++ v3 (2026-02-28)
@@ -386,51 +386,51 @@
   <si>
     <t>#78 Randall Montgomery - RT</t>
   </si>
   <si>
     <t>#95 Walter Odell - LDE</t>
   </si>
   <si>
     <t>#59 Derrick Escamilla - DT</t>
   </si>
   <si>
     <t>#79 Kevin Thomas - DT</t>
   </si>
   <si>
     <t>#90 William Roberts - RDE</t>
   </si>
   <si>
     <t>#96 Stephen Rahman - MLB</t>
   </si>
   <si>
     <t>#58 Joe Demers - WLB</t>
   </si>
   <si>
     <t>#46 Stacy Cunningham - CB</t>
   </si>
   <si>
-    <t>#40 James Hershberger - CB</t>
+    <t>#24 James Hershberger - CB</t>
   </si>
   <si>
     <t>#32 Frederick Martin - CB</t>
   </si>
   <si>
     <t>#48 Joaquin Whitcomb - SS</t>
   </si>
   <si>
     <t>#30 Gordon Aguayo - FS</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-10-LAN 25 (14:57) 23-Robert Malloy ran to LAN 27 for 2 yards. Tackle by 96-Stephen Rahman. 21-Walter Harmon was caught flat-footed on this play.</t>
   </si>
   <si>
     <t>#21 Walter Harmon - FB</t>
   </si>
@@ -497,51 +497,51 @@
   <si>
     <t>13:27</t>
   </si>
   <si>
     <t>TBY 22</t>
   </si>
   <si>
     <t>I Formation Normal HB Counter</t>
   </si>
   <si>
     <t>46 Heavy WLB Blitz</t>
   </si>
   <si>
     <t>1-10-TBY 22 (13:28) 15-Harold Sheppard ran to TBY 33 for 11 yards. Tackle by 31-Fermin Warner.</t>
   </si>
   <si>
     <t>#1 Dudley Harris - QB</t>
   </si>
   <si>
     <t>#40 Harold Sheppard - RB</t>
   </si>
   <si>
     <t>#45 Jeremiah Miller - FB</t>
   </si>
   <si>
-    <t>#81 Malcolm Jackson - TE</t>
+    <t>#80 Malcolm Jackson - TE</t>
   </si>
   <si>
     <t>#89 Corey Abston - WR</t>
   </si>
   <si>
     <t>#70 Manuel Payson - LT</t>
   </si>
   <si>
     <t>#56 David Whitted - LG</t>
   </si>
   <si>
     <t>#50 Robert Joy - RG</t>
   </si>
   <si>
     <t>#58 Charles Crutchfield - RG</t>
   </si>
   <si>
     <t>#73 Roberto Reagan - RT</t>
   </si>
   <si>
     <t>#51 Harold Coria - DT</t>
   </si>
   <si>
     <t>#53 Kevin Hayes - MLB</t>
   </si>
@@ -944,51 +944,51 @@
   <si>
     <t>2-8-TBY 30 (14:12) 15-Gary King pass complete to 23-Robert Malloy to TBY 27 for 3 yards. Tackle by 48-Joaquin Whitcomb.</t>
   </si>
   <si>
     <t>13:31</t>
   </si>
   <si>
     <t>TBY 27</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>3-5-TBY 27 (13:30) 15-Gary King pass complete to 10-Orlando Wheeler to TBY 26 for 1 yards. Tackle by 48-Joaquin Whitcomb.</t>
   </si>
   <si>
     <t>12:56</t>
   </si>
   <si>
     <t>TBY 26</t>
   </si>
   <si>
     <t>4-4-TBY 26 (12:55) 14-William Campbell 43 yard field goal is GOOD. TBY 3 LAN 3</t>
   </si>
   <si>
-    <t>#9 Billy Tylor - QB</t>
+    <t>#19 Billy Tylor - QB</t>
   </si>
   <si>
     <t>#14 William Campbell - K</t>
   </si>
   <si>
     <t>#71 Mohammad Caudill - C</t>
   </si>
   <si>
     <t>#60 Johnnie Hanson - DT</t>
   </si>
   <si>
     <t>#66 Jerry Holt - RDE</t>
   </si>
   <si>
     <t>#97 Michael Ray - RDE</t>
   </si>
   <si>
     <t>12:50</t>
   </si>
   <si>
     <t>LAN 35</t>
   </si>
   <si>
     <t>(12:51) 14-William Campbell kicks 69 yards from LAN 35 to TBY -4. 12-Ivan Perkins to TBY 27 for 32 yards. Tackle by 97-Emil Hruby. TBY 48-Joaquin Whitcomb was injured on the play. He looks like he should be able to return.</t>
   </si>