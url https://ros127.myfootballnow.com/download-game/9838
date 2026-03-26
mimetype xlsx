--- v3 (2026-02-28)
+++ v4 (2026-03-26)
@@ -851,51 +851,51 @@
   <si>
     <t>LAN 32</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Weak</t>
   </si>
   <si>
     <t>4-3 Under Zone Blitz</t>
   </si>
   <si>
     <t>1-10-LAN 32 (2:13) 23-Robert Malloy ran to LAN 42 for 10 yards. Tackle by 46-Stacy Cunningham. TBY 95-Walter Odell was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>1:32</t>
   </si>
   <si>
     <t>LAN 42</t>
   </si>
   <si>
     <t>2-1-LAN 42 (1:31) 47-Jake Chatman ran to LAN 50 for 8 yards. Tackle by 48-Joaquin Whitcomb. LAN 78-Randall Montgomery was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#46 Garry Whitaker - RB</t>
   </si>
   <si>
-    <t>#95 Ronald Wolf - LDE</t>
+    <t>#95 Ronald Wolf - RDE</t>
   </si>
   <si>
     <t>0:55</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-LAN 50 (0:54) PENALTY - False Start (LAN 10-Orlando Wheeler)</t>
   </si>
   <si>
     <t>0:53</t>
   </si>
   <si>
     <t>LAN 45</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-15-LAN 45 (0:54) 15-Gary King pass complete to 82-William Martinez to TBY 44 for 12 yards. Tackle by 96-Stephen Rahman.</t>
   </si>