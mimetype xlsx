--- v0 (2025-10-18)
+++ v1 (2025-12-20)
@@ -287,75 +287,75 @@
   <si>
     <t>CAR has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>DET</t>
   </si>
   <si>
     <t>DET 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 16-Marcelino Thompson kicks 71 yards from DET 35 to CAR -6. 41-Bryan Rooney to CAR 18 for 25 yards. Tackle by 23-Ricardo Rizer.</t>
   </si>
   <si>
     <t>#33 Bryan Rooney - RB</t>
   </si>
   <si>
     <t>#32 Randall Littlejohn - SS</t>
   </si>
   <si>
-    <t>#97 Murray Escobar - LDE</t>
-[...2 lines deleted...]
-    <t>#68 Mitchell Houser - DT</t>
+    <t>#70 Murray Escobar - DT</t>
+  </si>
+  <si>
+    <t>#98 Mitchell Houser - LDE</t>
   </si>
   <si>
     <t>#97 George Brewton - LDE</t>
   </si>
   <si>
-    <t>#50 Michael May - MLB</t>
+    <t>#49 Michael May - SS</t>
   </si>
   <si>
     <t>#60 Frederic Bravo - RDE</t>
   </si>
   <si>
     <t>#95 Arnold Carty - RDE</t>
   </si>
   <si>
     <t>#31 James Wimmer - CB</t>
   </si>
   <si>
     <t>#57 Neal Hudson - RG</t>
   </si>
   <si>
-    <t>#57 Jeffrey Varghese - MLB</t>
+    <t>#93 Jeffrey Varghese - MLB</t>
   </si>
   <si>
     <t>#16 Marcelino Thompson - K</t>
   </si>
   <si>
     <t>CAR</t>
   </si>
   <si>
     <t>14:55</t>
   </si>
   <si>
     <t>CAR 18</t>
   </si>
   <si>
     <t>I Formation Normal Strong Flood</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-CAR 18 (14:56) 18-James Lewis pass complete to 12-Albert Downs to CAR 24 for 6 yards. Tackle by 29-Corey Barrette. Nice job by 12-Albert Downs on that route to lose his coverage. PENALTY - Holding (CAR 52-Patrick Bishop)</t>
   </si>
   <si>
     <t>#18 James Lewis - QB</t>
   </si>
@@ -500,108 +500,108 @@
   <si>
     <t>13:28</t>
   </si>
   <si>
     <t>CAR 42</t>
   </si>
   <si>
     <t>Split Backs Normal WR Post</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>1-10-CAR 42 (13:29) 15-Scott Spicer pass complete to 82-Brent Miller to CAR 30 for 13 yards. Tackle by 96-Michael May.</t>
   </si>
   <si>
     <t>#15 Scott Spicer - QB</t>
   </si>
   <si>
     <t>#35 Troy Erickson - RB</t>
   </si>
   <si>
     <t>#33 Joseph Warren - FB</t>
   </si>
   <si>
-    <t>#82 Brent Miller - TE</t>
+    <t>#85 Brent Miller - TE</t>
   </si>
   <si>
     <t>#85 Benny Owen - WR</t>
   </si>
   <si>
     <t>#89 Matthew Lewis - WR</t>
   </si>
   <si>
     <t>#64 Marcos Damron - LT</t>
   </si>
   <si>
     <t>#88 Jose Sprouse - TE</t>
   </si>
   <si>
     <t>#77 Kirby Cramer - C</t>
   </si>
   <si>
     <t>#52 Larry Pierson - RG</t>
   </si>
   <si>
     <t>#61 John Kennedy - RG</t>
   </si>
   <si>
-    <t>#77 Matt Patrick - DT</t>
+    <t>#67 Matt Patrick - DT</t>
   </si>
   <si>
     <t>#94 Ira Pena - SLB</t>
   </si>
   <si>
     <t>#99 Jonathan Sanchez - WLB</t>
   </si>
   <si>
     <t>#23 David Walters - CB</t>
   </si>
   <si>
     <t>#38 Ryan Hendrickson - FS</t>
   </si>
   <si>
     <t>12:50</t>
   </si>
   <si>
     <t>CAR 30</t>
   </si>
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>1-10-CAR 30 (12:49) 35-Troy Erickson ran to CAR 30 for a short loss. Tackle by 99-Jonathan Sanchez.</t>
   </si>
   <si>
     <t>#17 Archie Toney - WR</t>
   </si>
   <si>
-    <t>#39 Jerry Wilkinson - FS</t>
+    <t>#29 Jerry Wilkinson - FS</t>
   </si>
   <si>
     <t>12:08</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-10-CAR 30 (12:07) 35-Troy Erickson ran to CAR 29 for 1 yards. Tackle by 68-Mitchell Houser.</t>
   </si>
   <si>
     <t>#86 Paul Dean - TE</t>
   </si>
   <si>
     <t>#83 Paul Benitez - TE</t>
   </si>
   <si>
     <t>11:27</t>
   </si>
   <si>
     <t>CAR 29</t>
   </si>
@@ -1742,51 +1742,51 @@
   <si>
     <t>4:15</t>
   </si>
   <si>
     <t>I Formation Twin WR Hard Slants</t>
   </si>
   <si>
     <t>2-9-CAR 32 (4:14) 18-James Lewis pass incomplete, dropped by 19-Victor Lee. Excellent coverage on that play.</t>
   </si>
   <si>
     <t>#75 Charles Johnson - RT</t>
   </si>
   <si>
     <t>4:10</t>
   </si>
   <si>
     <t>3-9-CAR 32 (4:11) 18-James Lewis pass complete to 49-David Eckman to CAR 37 for 6 yards. Tackle by 29-Corey Barrette.</t>
   </si>
   <si>
     <t>3:33</t>
   </si>
   <si>
     <t>4-4-CAR 37 (3:32) 10-Joseph Hayslett punts 46 yards to DET 17. 89-Matthew Lewis for 83 yards. TOUCHDOWN! CAR 3 DET 12</t>
   </si>
   <si>
-    <t>#65 Charles Williams - RT</t>
+    <t>#65 Charles Williams - RG</t>
   </si>
   <si>
     <t>3:11</t>
   </si>
   <si>
     <t>(3:12) Extra point GOOD by 16-Marcelino Thompson. CAR 3 DET 13</t>
   </si>
   <si>
     <t>(3:12) 16-Marcelino Thompson kicks 69 yards from DET 35 to CAR -4. 41-Bryan Rooney to CAR 27 for 31 yards. Tackle by 46-Amos McElroy.</t>
   </si>
   <si>
     <t>3:05</t>
   </si>
   <si>
     <t>1-10-CAR 27 (3:06) 18-James Lewis pass complete to 87-William Conover to CAR 33 for 6 yards. Tackle by 90-Richard Mejia.</t>
   </si>
   <si>
     <t>2:44</t>
   </si>
   <si>
     <t>2-4-CAR 33 (2:43) 18-James Lewis pass Pass knocked down by 91-Eric Gibbs. incomplete, intended for 87-William Conover.</t>
   </si>
   <si>
     <t>2:37</t>
   </si>
@@ -2232,95 +2232,95 @@
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="356.199" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="31.707" bestFit="true" customWidth="true" style="0"/>
-    <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>