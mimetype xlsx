--- v1 (2025-12-20)
+++ v2 (2026-02-15)
@@ -353,84 +353,84 @@
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-CAR 18 (14:56) 18-James Lewis pass complete to 12-Albert Downs to CAR 24 for 6 yards. Tackle by 29-Corey Barrette. Nice job by 12-Albert Downs on that route to lose his coverage. PENALTY - Holding (CAR 52-Patrick Bishop)</t>
   </si>
   <si>
     <t>#18 James Lewis - QB</t>
   </si>
   <si>
     <t>#34 John Broyles - RB</t>
   </si>
   <si>
     <t>#41 David Eckman - FB</t>
   </si>
   <si>
     <t>#87 William Conover - TE</t>
   </si>
   <si>
     <t>#10 Victor Lee - WR</t>
   </si>
   <si>
     <t>#85 Albert Downs - WR</t>
   </si>
   <si>
-    <t>#75 Daniel Pounds - LT</t>
+    <t>#51 Daniel Pounds - LT</t>
   </si>
   <si>
     <t>#76 Robert Mueller - LG</t>
   </si>
   <si>
     <t>#64 Robert Roberts - C</t>
   </si>
   <si>
     <t>#74 Harold Alexander - RG</t>
   </si>
   <si>
     <t>#52 Patrick Bishop - RT</t>
   </si>
   <si>
     <t>#64 Walter Stanford - LDE</t>
   </si>
   <si>
     <t>#90 Stephen Edens - DT</t>
   </si>
   <si>
     <t>#96 Hector Crist - DT</t>
   </si>
   <si>
     <t>#72 George McCoy - RDE</t>
   </si>
   <si>
     <t>#91 Eric Gibbs - WLB</t>
   </si>
   <si>
     <t>#97 Richard Mejia - MLB</t>
   </si>
   <si>
-    <t>#54 Mitchell Poulin - WLB</t>
+    <t>#90 Mitchell Poulin - WLB</t>
   </si>
   <si>
     <t>#26 Roosevelt Stokes - CB</t>
   </si>
   <si>
     <t>#29 Corey Barrette - CB</t>
   </si>
   <si>
     <t>#30 Daniel Hilton - SS</t>
   </si>
   <si>
     <t>#43 Michael Carruthers - FS</t>
   </si>
   <si>
     <t>14:52</t>
   </si>
   <si>
     <t>CAR 9</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel Strong Double LB plus CB3 Blitz</t>
   </si>
@@ -518,51 +518,51 @@
   <si>
     <t>#35 Troy Erickson - RB</t>
   </si>
   <si>
     <t>#33 Joseph Warren - FB</t>
   </si>
   <si>
     <t>#85 Brent Miller - TE</t>
   </si>
   <si>
     <t>#85 Benny Owen - WR</t>
   </si>
   <si>
     <t>#89 Matthew Lewis - WR</t>
   </si>
   <si>
     <t>#64 Marcos Damron - LT</t>
   </si>
   <si>
     <t>#88 Jose Sprouse - TE</t>
   </si>
   <si>
     <t>#77 Kirby Cramer - C</t>
   </si>
   <si>
-    <t>#52 Larry Pierson - RG</t>
+    <t>#50 Larry Pierson - RG</t>
   </si>
   <si>
     <t>#61 John Kennedy - RG</t>
   </si>
   <si>
     <t>#67 Matt Patrick - DT</t>
   </si>
   <si>
     <t>#94 Ira Pena - SLB</t>
   </si>
   <si>
     <t>#99 Jonathan Sanchez - WLB</t>
   </si>
   <si>
     <t>#23 David Walters - CB</t>
   </si>
   <si>
     <t>#38 Ryan Hendrickson - FS</t>
   </si>
   <si>
     <t>12:50</t>
   </si>
   <si>
     <t>CAR 30</t>
   </si>
@@ -803,51 +803,51 @@
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>3-3-CAR 46 (5:49) 34-John Broyles ran to CAR 47 for 1 yards. Tackle by 70-Stephen Edens. 69-Arthur Crotts missed that block completely.</t>
   </si>
   <si>
     <t>#59 Michael Thomas - MLB</t>
   </si>
   <si>
     <t>5:06</t>
   </si>
   <si>
     <t>CAR 47</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-CAR 47 (5:05) 10-Joseph Hayslett punts 45 yards to DET 8. 89-Matthew Lewis to DET 13 for 6 yards. Tackle by 67-Neal Hudson. CAR 96-Michael May was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#10 Joseph Hayslett - P</t>
+    <t>#7 Joseph Hayslett - P</t>
   </si>
   <si>
     <t>#33 Jon Aron - FS</t>
   </si>
   <si>
     <t>#99 Ronald Wheeler - RDE</t>
   </si>
   <si>
     <t>#86 Jarrett Sutherland - TE</t>
   </si>
   <si>
     <t>4:55</t>
   </si>
   <si>
     <t>DET 13</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-DET 13 (4:56) 35-Troy Erickson ran to DET 25 for 12 yards. Tackle by 32-Randall Littlejohn.</t>
   </si>
@@ -923,51 +923,51 @@
   <si>
     <t>CAR 45</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>2-8-CAR 45 (0:26) 35-Troy Erickson ran to CAR 33 for 12 yards. 35-Troy Erickson FUMBLES (31-James Wimmer) recovered by CAR-68-Mitchell Houser to CAR 34 for 2 yards. Tackle by 82-Brent Miller.</t>
   </si>
   <si>
     <t>0:18</t>
   </si>
   <si>
     <t>CAR 34</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>1-10-CAR 34 (0:19) 41-Bryan Rooney ran to CAR 33 for -1 yards. Tackle by 91-Eric Gibbs.</t>
   </si>
   <si>
-    <t>#74 Pedro Allen - DT</t>
+    <t>#98 Pedro Allen - DT</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>CAR 33</t>
   </si>
   <si>
     <t>2-11-CAR 33 (15:00) 18-James Lewis pass complete to 41-Bryan Rooney to CAR 31 for -2 yards. Tackle by 59-Michael Thomas.</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>CAR 31</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
@@ -1451,51 +1451,51 @@
   <si>
     <t>1-10-DET 30 (8:20) 15-Scott Spicer pass complete to 36-John Conlan to DET 35 for 5 yards. Tackle by 90-Jeffrey Varghese.</t>
   </si>
   <si>
     <t>7:40</t>
   </si>
   <si>
     <t>2-5-DET 35 (7:39) 35-Troy Erickson ran to DET 37 for 2 yards. Tackle by 68-Mitchell Houser.</t>
   </si>
   <si>
     <t>7:08</t>
   </si>
   <si>
     <t>DET 37</t>
   </si>
   <si>
     <t>3-3-DET 37 (7:07) 35-Troy Erickson ran to DET 38 for 1 yards. Tackle by 68-Mitchell Houser.</t>
   </si>
   <si>
     <t>6:31</t>
   </si>
   <si>
     <t>4-3-DET 38 (6:30) 13-Sam Lowery punts 47 yards to CAR 15. 41-Bryan Rooney to CAR 16 for 1 yards. Tackle by 40-Jon Aron. 31-James Wimmer totally missed that block.</t>
   </si>
   <si>
-    <t>#4 Sam Lowery - P</t>
+    <t>#2 Sam Lowery - P</t>
   </si>
   <si>
     <t>6:21</t>
   </si>
   <si>
     <t>1-10-CAR 16 (6:22) 41-Bryan Rooney ran to CAR 16 for 1 yards. Tackle by 90-Richard Mejia.</t>
   </si>
   <si>
     <t>5:44</t>
   </si>
   <si>
     <t>2-9-CAR 16 (5:43) 18-James Lewis pass Pass knocked down by 91-Eric Gibbs. incomplete, intended for 87-William Conover.</t>
   </si>
   <si>
     <t>5:38</t>
   </si>
   <si>
     <t>3-9-CAR 16 (5:39) 18-James Lewis pass Pass knocked down by 26-Roosevelt Stokes. incomplete, intended for 19-Victor Lee. CAR 64-Robert Roberts was injured on the play. He looks like he should be able to return. CAR 74-Harold Alexander was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:34</t>
   </si>
   <si>
     <t>4-9-CAR 16 (5:35) 10-Joseph Hayslett punts 50 yards to DET 34. 89-Matthew Lewis to DET 41 for 8 yards. Tackle by 75-Daniel Pounds. 59-Michael Thomas was completely beat on that play. DET 75-George McCoy was injured on the play. He looks like he should be able to return.</t>
   </si>
@@ -2229,51 +2229,51 @@
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="356.199" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>