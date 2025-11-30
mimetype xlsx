--- v0 (2025-10-18)
+++ v1 (2025-11-30)
@@ -332,93 +332,93 @@
   <si>
     <t>#21 Keith Paulk - CB</t>
   </si>
   <si>
     <t>#92 Vincent Smith - RDE</t>
   </si>
   <si>
     <t>#5 Brian Frost - K</t>
   </si>
   <si>
     <t>SEA</t>
   </si>
   <si>
     <t>SEA 25</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>3-4 Normal 2 Deep Man</t>
   </si>
   <si>
     <t>1-10-SEA 25 (15:00) 1-Theodore Bolton pass complete to 8-Jeremy Swenson to SEA 38 for 13 yards. Tackle by 29-Samuel Aaron.</t>
   </si>
   <si>
-    <t>#4 Theodore Bolton - QB</t>
+    <t>#4 Theodore Bolton - RB</t>
   </si>
   <si>
     <t>#83 Christopher Kelly - FB</t>
   </si>
   <si>
-    <t>#82 Rory Milner - TE</t>
+    <t>#85 Rory Milner - TE</t>
   </si>
   <si>
     <t>#16 Willis Segars - WR</t>
   </si>
   <si>
     <t>#11 John Fitch - WR</t>
   </si>
   <si>
     <t>#77 Jason Russ - LT</t>
   </si>
   <si>
     <t>#68 Nicholas Shearer - LG</t>
   </si>
   <si>
     <t>#62 Eric Graham - C</t>
   </si>
   <si>
-    <t>#56 Clement Hughes - RG</t>
+    <t>#71 Clement Hughes - RG</t>
   </si>
   <si>
     <t>#65 Joseph Payne - RT</t>
   </si>
   <si>
     <t>#95 William Mannings - LDE</t>
   </si>
   <si>
     <t>#99 Juan Gregory - DT</t>
   </si>
   <si>
     <t>#93 James Smith - RDE</t>
   </si>
   <si>
     <t>#50 Jeffrey McDonald - SLB</t>
   </si>
   <si>
-    <t>#59 Gregory Morgan - MLB</t>
+    <t>#56 Gregory Morgan - MLB</t>
   </si>
   <si>
     <t>#98 Kenneth Mueller - MLB</t>
   </si>
   <si>
     <t>#52 Gilbert Therrien - WLB</t>
   </si>
   <si>
     <t>#39 Paul Cash - CB</t>
   </si>
   <si>
     <t>#37 Harry Gladden - CB</t>
   </si>
   <si>
     <t>#29 Samuel Aaron - SS</t>
   </si>
   <si>
     <t>#39 Jimmy Taylor - FS</t>
   </si>
   <si>
     <t>14:15</t>
   </si>
   <si>
     <t>SEA 38</t>
   </si>
@@ -473,51 +473,51 @@
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>3-8-SEA 40 (13:08) 8-Jeremy Swenson ran to SEA 47 for 6 yards. Tackle by 29-Samuel Aaron.</t>
   </si>
   <si>
     <t>12:30</t>
   </si>
   <si>
     <t>SEA 47</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-SEA 47 (12:29) 6-Robert Rogers punts 61 yards to MIN -8.4-2-SEA 47 (12:29) 6-Robert Rogers punts 61 yards to MIN -8. Touchback.</t>
   </si>
   <si>
     <t>#11 Robert Rogers - P</t>
   </si>
   <si>
-    <t>#58 Robert Rogge - C</t>
+    <t>#70 Robert Rogge - LG</t>
   </si>
   <si>
     <t>#81 Robert Stroup - WR</t>
   </si>
   <si>
     <t>#56 Jesse Sawyers - MLB</t>
   </si>
   <si>
     <t>#77 Andre Gilmer - LT</t>
   </si>
   <si>
     <t>#74 Peter Charles - LG</t>
   </si>
   <si>
     <t>#88 George Colon - TE</t>
   </si>
   <si>
     <t>#61 Garland Vogel - RG</t>
   </si>
   <si>
     <t>12:20</t>
   </si>
   <si>
     <t>MIN 20</t>
   </si>
@@ -536,105 +536,105 @@
   <si>
     <t>#44 Antonio Dawson - WR</t>
   </si>
   <si>
     <t>#42 Trent Jackson - FB</t>
   </si>
   <si>
     <t>#86 James Breen - WR</t>
   </si>
   <si>
     <t>#85 William Johnson - WR</t>
   </si>
   <si>
     <t>#69 John Degree - RG</t>
   </si>
   <si>
     <t>#63 Lenard Wilson - RG</t>
   </si>
   <si>
     <t>#64 Martin Woodward - C</t>
   </si>
   <si>
     <t>#68 Milton Carter - RT</t>
   </si>
   <si>
-    <t>#91 Benjamin Noonan - LDE</t>
+    <t>#58 Benjamin Noonan - LDE</t>
   </si>
   <si>
     <t>#79 Evan Diaz - DT</t>
   </si>
   <si>
-    <t>#69 John Montgomery - DT</t>
+    <t>#59 John Montgomery - MLB</t>
   </si>
   <si>
     <t>#50 Bruce McKibben - WLB</t>
   </si>
   <si>
     <t>#22 Jose Mitchell - CB</t>
   </si>
   <si>
     <t>11:39</t>
   </si>
   <si>
     <t>MIN 30</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-MIN 30 (11:38) 44-Antonio Dawson ran to MIN 33 for 3 yards. Tackle by 27-Jerrold Witte.</t>
   </si>
   <si>
     <t>#88 Billy Edmonds - TE</t>
   </si>
   <si>
     <t>#90 Mike Buffington - MLB</t>
   </si>
   <si>
     <t>#27 Jerrold Witte - FS</t>
   </si>
   <si>
     <t>11:05</t>
   </si>
   <si>
     <t>MIN 33</t>
   </si>
   <si>
     <t>Singleback Big PA Curls</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-7-MIN 33 (11:04) 13-Ernest Forney pass Pass knocked down by 50-Bruce McKibben. incomplete, intended for 81-Robert Stroup.</t>
   </si>
   <si>
-    <t>#57 Christopher Godfrey - SLB</t>
+    <t>#97 Christopher Godfrey - SLB</t>
   </si>
   <si>
     <t>10:59</t>
   </si>
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>3-4 Normal 4 Deep Zone</t>
   </si>
   <si>
     <t>3-7-MIN 33 (11:00) 13-Ernest Forney pass complete to 88-George Colon to MIN 47 for 14 yards. Tackle by 21-Keith Paulk.</t>
   </si>
   <si>
     <t>10:19</t>
   </si>
   <si>
     <t>MIN 47</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
@@ -2254,98 +2254,98 @@
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="358.484" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="32.992" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>