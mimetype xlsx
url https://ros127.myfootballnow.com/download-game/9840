--- v1 (2025-11-30)
+++ v2 (2026-01-03)
@@ -356,51 +356,51 @@
   <si>
     <t>#4 Theodore Bolton - RB</t>
   </si>
   <si>
     <t>#83 Christopher Kelly - FB</t>
   </si>
   <si>
     <t>#85 Rory Milner - TE</t>
   </si>
   <si>
     <t>#16 Willis Segars - WR</t>
   </si>
   <si>
     <t>#11 John Fitch - WR</t>
   </si>
   <si>
     <t>#77 Jason Russ - LT</t>
   </si>
   <si>
     <t>#68 Nicholas Shearer - LG</t>
   </si>
   <si>
     <t>#62 Eric Graham - C</t>
   </si>
   <si>
-    <t>#71 Clement Hughes - RG</t>
+    <t>#65 Clement Hughes - RG</t>
   </si>
   <si>
     <t>#65 Joseph Payne - RT</t>
   </si>
   <si>
     <t>#95 William Mannings - LDE</t>
   </si>
   <si>
     <t>#99 Juan Gregory - DT</t>
   </si>
   <si>
     <t>#93 James Smith - RDE</t>
   </si>
   <si>
     <t>#50 Jeffrey McDonald - SLB</t>
   </si>
   <si>
     <t>#56 Gregory Morgan - MLB</t>
   </si>
   <si>
     <t>#98 Kenneth Mueller - MLB</t>
   </si>
   <si>
     <t>#52 Gilbert Therrien - WLB</t>
   </si>