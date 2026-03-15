--- v2 (2026-01-03)
+++ v3 (2026-03-15)
@@ -518,78 +518,78 @@
   <si>
     <t>12:20</t>
   </si>
   <si>
     <t>MIN 20</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Slot Post</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-MIN 20 (12:21) 13-Ernest Forney pass complete to 44-Antonio Dawson to MIN 30 for 10 yards. Tackle by 51-Kevin Walter.</t>
   </si>
   <si>
     <t>#13 Ernest Forney - QB</t>
   </si>
   <si>
     <t>#44 Antonio Dawson - WR</t>
   </si>
   <si>
     <t>#42 Trent Jackson - FB</t>
   </si>
   <si>
-    <t>#86 James Breen - WR</t>
+    <t>#11 James Breen - WR</t>
   </si>
   <si>
     <t>#85 William Johnson - WR</t>
   </si>
   <si>
     <t>#69 John Degree - RG</t>
   </si>
   <si>
     <t>#63 Lenard Wilson - RG</t>
   </si>
   <si>
     <t>#64 Martin Woodward - C</t>
   </si>
   <si>
     <t>#68 Milton Carter - RT</t>
   </si>
   <si>
     <t>#58 Benjamin Noonan - LDE</t>
   </si>
   <si>
     <t>#79 Evan Diaz - DT</t>
   </si>
   <si>
     <t>#59 John Montgomery - MLB</t>
   </si>
   <si>
-    <t>#50 Bruce McKibben - WLB</t>
+    <t>#59 Bruce McKibben - WLB</t>
   </si>
   <si>
     <t>#22 Jose Mitchell - CB</t>
   </si>
   <si>
     <t>11:39</t>
   </si>
   <si>
     <t>MIN 30</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Weak</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-MIN 30 (11:38) 44-Antonio Dawson ran to MIN 33 for 3 yards. Tackle by 27-Jerrold Witte.</t>
   </si>
   <si>
     <t>#88 Billy Edmonds - TE</t>
   </si>
   <si>
     <t>#90 Mike Buffington - MLB</t>
   </si>
@@ -692,51 +692,51 @@
   <si>
     <t>3-2-SEA 31 (8:31) 13-Ernest Forney pass complete to 85-William Johnson to SEA 25 for 6 yards. Tackle by 95-Marshall Steve.</t>
   </si>
   <si>
     <t>7:46</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Post</t>
   </si>
   <si>
     <t>1-10-SEA 25 (7:45) 13-Ernest Forney pass complete to 42-Trent Jackson to SEA 24 for 1 yards. Tackle by 22-Jose Mitchell.</t>
   </si>
   <si>
     <t>7:07</t>
   </si>
   <si>
     <t>SEA 24</t>
   </si>
   <si>
     <t>I Formation 3WR PA Fullback Flat</t>
   </si>
   <si>
     <t>2-9-SEA 24 (7:06) 13-Ernest Forney pass complete to 82-Wm Addis to SEA 1 for 22 yards. Tackle by 21-Keith Paulk. 21-Keith Paulk got away with a hold on that play.</t>
   </si>
   <si>
-    <t>#17 George Butler - WR</t>
+    <t>#15 George Butler - WR</t>
   </si>
   <si>
     <t>#16 Wm Addis - WR</t>
   </si>
   <si>
     <t>6:24</t>
   </si>
   <si>
     <t>SEA 1</t>
   </si>
   <si>
     <t>1-1-SEA 1 (6:23) 84-John Hayes ran for 1 yards. TOUCHDOWN! SEA 0 MIN 6</t>
   </si>
   <si>
     <t>6:20</t>
   </si>
   <si>
     <t>SEA 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>