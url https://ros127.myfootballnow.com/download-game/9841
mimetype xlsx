--- v0 (2025-10-22)
+++ v1 (2025-12-02)
@@ -296,54 +296,54 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 15-Bryan Mata kicks 74 yards from SFO 35 to ARZ -9. Touchback.</t>
   </si>
   <si>
     <t>#19 Johnny Farrow - WR</t>
   </si>
   <si>
     <t>#20 Arthur Herring - CB</t>
   </si>
   <si>
     <t>#94 Ernest Overton - DT</t>
   </si>
   <si>
     <t>#58 Charles Cook - MLB</t>
   </si>
   <si>
     <t>#36 Kenneth Fillmore - CB</t>
   </si>
   <si>
-    <t>#35 John Ellsworth - SS</t>
-[...2 lines deleted...]
-    <t>#72 Eddie Bradley - DT</t>
+    <t>#49 John Ellsworth - SLB</t>
+  </si>
+  <si>
+    <t>#50 Eddie Bradley - DT</t>
   </si>
   <si>
     <t>#92 Raymond Wofford - MLB</t>
   </si>
   <si>
     <t>#38 Jose Thompson - SS</t>
   </si>
   <si>
     <t>#95 Tommie Mitchell - DT</t>
   </si>
   <si>
     <t>#97 Eddie Wilson - RDE</t>
   </si>
   <si>
     <t>#15 Bryan Mata - K</t>
   </si>
   <si>
     <t>ARZ</t>
   </si>
   <si>
     <t>ARZ 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
@@ -419,72 +419,72 @@
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>2-10-ARZ 25 (14:57) 32-Michael Scott ran to ARZ 25 for a short gain. Tackle by 66-Jeffrey Kelly. 67-Art Johnson missed that block completely.</t>
   </si>
   <si>
     <t>#86 David Spivey - TE</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>3-10-ARZ 25 (14:18) 15-Roberto Knight pass complete to 84-Johnny Farrow to ARZ 31 for 6 yards. Tackle by 23-Harold Lawton.</t>
   </si>
   <si>
-    <t>#91 Harry Brown - RDE</t>
+    <t>#78 Harry Brown - RDE</t>
   </si>
   <si>
     <t>13:35</t>
   </si>
   <si>
     <t>ARZ 31</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-ARZ 31 (13:34) 1-Anthony Russell punts 48 yards to SFO 22. 83-Richard Leal to SFO 22 for 1 yards. Tackle by 51-Charles Cook.</t>
   </si>
   <si>
     <t>#3 Anthony Russell - P</t>
   </si>
   <si>
-    <t>#61 Lance Villanueva - RG</t>
+    <t>#51 Lance Villanueva - RG</t>
   </si>
   <si>
     <t>#83 Richard Leal - WR</t>
   </si>
   <si>
     <t>#82 Anthony Shade - TE</t>
   </si>
   <si>
     <t>#30 Ernest Richardson - TE</t>
   </si>
   <si>
     <t>#50 Ryan Brooks - LT</t>
   </si>
   <si>
     <t>#93 Dean Byrd - MLB</t>
   </si>
   <si>
     <t>#96 William Mancini - SLB</t>
   </si>
   <si>
     <t>13:25</t>
   </si>
   <si>
     <t>SFO 22</t>
   </si>
@@ -506,60 +506,60 @@
   <si>
     <t>#22 Larry Meyer - FB</t>
   </si>
   <si>
     <t>#11 Charles Gilmore - WR</t>
   </si>
   <si>
     <t>#19 John Shumaker - WR</t>
   </si>
   <si>
     <t>#74 Daniel Will - LT</t>
   </si>
   <si>
     <t>#50 Kevin Kennett - LG</t>
   </si>
   <si>
     <t>#50 John Olivares - C</t>
   </si>
   <si>
     <t>#60 James Jones - RG</t>
   </si>
   <si>
     <t>#75 Alvin Richardson - LT</t>
   </si>
   <si>
-    <t>#53 Paul Topper - DT</t>
+    <t>#68 Paul Topper - DT</t>
   </si>
   <si>
     <t>#74 Reginald Boswell - RDE</t>
   </si>
   <si>
-    <t>#96 Harry Leblanc - WLB</t>
-[...2 lines deleted...]
-    <t>#26 Alan Ramirez - CB</t>
+    <t>#2 Harry Leblanc - WLB</t>
+  </si>
+  <si>
+    <t>#34 Alan Ramirez - SS</t>
   </si>
   <si>
     <t>12:42</t>
   </si>
   <si>
     <t>SFO 39</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>1-10-SFO 39 (12:41) 26-Marvin Chevalier ran to SFO 45 for 7 yards. Tackle by 92-Raymond Wofford.</t>
   </si>
   <si>
     <t>12:06</t>
   </si>
   <si>
     <t>SFO 45</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
@@ -2210,51 +2210,51 @@
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>