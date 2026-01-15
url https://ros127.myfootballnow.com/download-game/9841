--- v1 (2025-12-02)
+++ v2 (2026-01-15)
@@ -311,51 +311,51 @@
   <si>
     <t>#94 Ernest Overton - DT</t>
   </si>
   <si>
     <t>#58 Charles Cook - MLB</t>
   </si>
   <si>
     <t>#36 Kenneth Fillmore - CB</t>
   </si>
   <si>
     <t>#49 John Ellsworth - SLB</t>
   </si>
   <si>
     <t>#50 Eddie Bradley - DT</t>
   </si>
   <si>
     <t>#92 Raymond Wofford - MLB</t>
   </si>
   <si>
     <t>#38 Jose Thompson - SS</t>
   </si>
   <si>
     <t>#95 Tommie Mitchell - DT</t>
   </si>
   <si>
-    <t>#97 Eddie Wilson - RDE</t>
+    <t>#97 Eddie Wilson - FS</t>
   </si>
   <si>
     <t>#15 Bryan Mata - K</t>
   </si>
   <si>
     <t>ARZ</t>
   </si>
   <si>
     <t>ARZ 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-ARZ 25 (15:00) 15-Roberto Knight pass Pass knocked down by 23-Harold Lawton. incomplete, intended for 32-Michael Scott.</t>
   </si>
   <si>
     <t>#15 Roberto Knight - QB</t>
   </si>
   <si>
     <t>#32 Michael Scott - RB</t>
   </si>
@@ -440,51 +440,51 @@
   <si>
     <t>3-10-ARZ 25 (14:18) 15-Roberto Knight pass complete to 84-Johnny Farrow to ARZ 31 for 6 yards. Tackle by 23-Harold Lawton.</t>
   </si>
   <si>
     <t>#78 Harry Brown - RDE</t>
   </si>
   <si>
     <t>13:35</t>
   </si>
   <si>
     <t>ARZ 31</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-ARZ 31 (13:34) 1-Anthony Russell punts 48 yards to SFO 22. 83-Richard Leal to SFO 22 for 1 yards. Tackle by 51-Charles Cook.</t>
   </si>
   <si>
     <t>#3 Anthony Russell - P</t>
   </si>
   <si>
-    <t>#51 Lance Villanueva - RG</t>
+    <t>#76 Lance Villanueva - RG</t>
   </si>
   <si>
     <t>#83 Richard Leal - WR</t>
   </si>
   <si>
     <t>#82 Anthony Shade - TE</t>
   </si>
   <si>
     <t>#30 Ernest Richardson - TE</t>
   </si>
   <si>
     <t>#50 Ryan Brooks - LT</t>
   </si>
   <si>
     <t>#93 Dean Byrd - MLB</t>
   </si>
   <si>
     <t>#96 William Mancini - SLB</t>
   </si>
   <si>
     <t>13:25</t>
   </si>
   <si>
     <t>SFO 22</t>
   </si>
@@ -515,51 +515,51 @@
   <si>
     <t>#74 Daniel Will - LT</t>
   </si>
   <si>
     <t>#50 Kevin Kennett - LG</t>
   </si>
   <si>
     <t>#50 John Olivares - C</t>
   </si>
   <si>
     <t>#60 James Jones - RG</t>
   </si>
   <si>
     <t>#75 Alvin Richardson - LT</t>
   </si>
   <si>
     <t>#68 Paul Topper - DT</t>
   </si>
   <si>
     <t>#74 Reginald Boswell - RDE</t>
   </si>
   <si>
     <t>#2 Harry Leblanc - WLB</t>
   </si>
   <si>
-    <t>#34 Alan Ramirez - SS</t>
+    <t>#38 Alan Ramirez - SS</t>
   </si>
   <si>
     <t>12:42</t>
   </si>
   <si>
     <t>SFO 39</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>1-10-SFO 39 (12:41) 26-Marvin Chevalier ran to SFO 45 for 7 yards. Tackle by 92-Raymond Wofford.</t>
   </si>
   <si>
     <t>12:06</t>
   </si>
   <si>
     <t>SFO 45</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
@@ -635,51 +635,51 @@
   <si>
     <t>ARZ 24</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-2-ARZ 24 (8:49) 15-Bryan Mata 41 yard field goal is GOOD. ARZ 0 SFO 3</t>
   </si>
   <si>
     <t>#65 Eric Candelario - RT</t>
   </si>
   <si>
     <t>#53 Kevin Dixon - RG</t>
   </si>
   <si>
     <t>#36 John Reasoner - FB</t>
   </si>
   <si>
     <t>#95 Salvador Franz - SLB</t>
   </si>
   <si>
-    <t>#94 Felipe Thomas - LDE</t>
+    <t>#72 Felipe Thomas - LDE</t>
   </si>
   <si>
     <t>#91 William Demmer - DT</t>
   </si>
   <si>
     <t>8:45</t>
   </si>
   <si>
     <t>(8:46) 15-Bryan Mata kicks 70 yards from SFO 35 to ARZ -5. Touchback.</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>1-10-ARZ 25 (8:46) 15-Roberto Knight pass complete to 17-Donald Thompson to ARZ 26 for 1 yards. Tackle by 24-Shawn Gregory.</t>
   </si>
   <si>
     <t>8:05</t>
   </si>
   <si>
     <t>ARZ 26</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
@@ -2198,51 +2198,51 @@
     <col min="19" max="19" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="44" max="44" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="44" max="44" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>