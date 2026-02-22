--- v2 (2026-01-15)
+++ v3 (2026-02-22)
@@ -290,63 +290,63 @@
   <si>
     <t>SFO</t>
   </si>
   <si>
     <t>SFO 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 15-Bryan Mata kicks 74 yards from SFO 35 to ARZ -9. Touchback.</t>
   </si>
   <si>
     <t>#19 Johnny Farrow - WR</t>
   </si>
   <si>
     <t>#20 Arthur Herring - CB</t>
   </si>
   <si>
     <t>#94 Ernest Overton - DT</t>
   </si>
   <si>
-    <t>#58 Charles Cook - MLB</t>
+    <t>#54 Charles Cook - MLB</t>
   </si>
   <si>
     <t>#36 Kenneth Fillmore - CB</t>
   </si>
   <si>
     <t>#49 John Ellsworth - SLB</t>
   </si>
   <si>
     <t>#50 Eddie Bradley - DT</t>
   </si>
   <si>
-    <t>#92 Raymond Wofford - MLB</t>
+    <t>#94 Raymond Wofford - MLB</t>
   </si>
   <si>
     <t>#38 Jose Thompson - SS</t>
   </si>
   <si>
     <t>#95 Tommie Mitchell - DT</t>
   </si>
   <si>
     <t>#97 Eddie Wilson - FS</t>
   </si>
   <si>
     <t>#15 Bryan Mata - K</t>
   </si>
   <si>
     <t>ARZ</t>
   </si>
   <si>
     <t>ARZ 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
@@ -380,120 +380,120 @@
   <si>
     <t>#67 Earl Abels - RG</t>
   </si>
   <si>
     <t>#78 Jose Garcia - RT</t>
   </si>
   <si>
     <t>#95 Ty Presnell - RDE</t>
   </si>
   <si>
     <t>#90 Jeffrey Kelly - DT</t>
   </si>
   <si>
     <t>#77 Walter Mason - RDE</t>
   </si>
   <si>
     <t>#50 William Engle - SLB</t>
   </si>
   <si>
     <t>#52 Frank Felix - MLB</t>
   </si>
   <si>
     <t>#93 Daren Ramos - WLB</t>
   </si>
   <si>
-    <t>#23 Harold Lawton - CB</t>
-[...2 lines deleted...]
-    <t>#24 Shawn Gregory - CB</t>
+    <t>#42 Harold Lawton - CB</t>
+  </si>
+  <si>
+    <t>#31 Shawn Gregory - CB</t>
   </si>
   <si>
     <t>#36 Donald Maloney - CB</t>
   </si>
   <si>
     <t>#24 Michael Hereford - FS</t>
   </si>
   <si>
     <t>#44 Eric Cairns - FS</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>Singleback Normal HB Dive Strong</t>
   </si>
   <si>
     <t>2-10-ARZ 25 (14:57) 32-Michael Scott ran to ARZ 25 for a short gain. Tackle by 66-Jeffrey Kelly. 67-Art Johnson missed that block completely.</t>
   </si>
   <si>
     <t>#86 David Spivey - TE</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>3-10-ARZ 25 (14:18) 15-Roberto Knight pass complete to 84-Johnny Farrow to ARZ 31 for 6 yards. Tackle by 23-Harold Lawton.</t>
   </si>
   <si>
-    <t>#78 Harry Brown - RDE</t>
+    <t>#97 Harry Brown - RDE</t>
   </si>
   <si>
     <t>13:35</t>
   </si>
   <si>
     <t>ARZ 31</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-ARZ 31 (13:34) 1-Anthony Russell punts 48 yards to SFO 22. 83-Richard Leal to SFO 22 for 1 yards. Tackle by 51-Charles Cook.</t>
   </si>
   <si>
     <t>#3 Anthony Russell - P</t>
   </si>
   <si>
     <t>#76 Lance Villanueva - RG</t>
   </si>
   <si>
     <t>#83 Richard Leal - WR</t>
   </si>
   <si>
     <t>#82 Anthony Shade - TE</t>
   </si>
   <si>
-    <t>#30 Ernest Richardson - TE</t>
+    <t>#87 Ernest Richardson - TE</t>
   </si>
   <si>
     <t>#50 Ryan Brooks - LT</t>
   </si>
   <si>
     <t>#93 Dean Byrd - MLB</t>
   </si>
   <si>
     <t>#96 William Mancini - SLB</t>
   </si>
   <si>
     <t>13:25</t>
   </si>
   <si>
     <t>SFO 22</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>Nickel Strong CB3 Blitz Zone</t>
   </si>
   <si>
     <t>1-10-SFO 22 (13:26) 26-Marvin Chevalier ran to SFO 39 for 17 yards. Tackle by 59-Harry Leblanc.</t>
   </si>
@@ -515,51 +515,51 @@
   <si>
     <t>#74 Daniel Will - LT</t>
   </si>
   <si>
     <t>#50 Kevin Kennett - LG</t>
   </si>
   <si>
     <t>#50 John Olivares - C</t>
   </si>
   <si>
     <t>#60 James Jones - RG</t>
   </si>
   <si>
     <t>#75 Alvin Richardson - LT</t>
   </si>
   <si>
     <t>#68 Paul Topper - DT</t>
   </si>
   <si>
     <t>#74 Reginald Boswell - RDE</t>
   </si>
   <si>
     <t>#2 Harry Leblanc - WLB</t>
   </si>
   <si>
-    <t>#38 Alan Ramirez - SS</t>
+    <t>#2 Alan Ramirez - FS</t>
   </si>
   <si>
     <t>12:42</t>
   </si>
   <si>
     <t>SFO 39</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>1-10-SFO 39 (12:41) 26-Marvin Chevalier ran to SFO 45 for 7 yards. Tackle by 92-Raymond Wofford.</t>
   </si>
   <si>
     <t>12:06</t>
   </si>
   <si>
     <t>SFO 45</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
@@ -638,51 +638,51 @@
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-2-ARZ 24 (8:49) 15-Bryan Mata 41 yard field goal is GOOD. ARZ 0 SFO 3</t>
   </si>
   <si>
     <t>#65 Eric Candelario - RT</t>
   </si>
   <si>
     <t>#53 Kevin Dixon - RG</t>
   </si>
   <si>
     <t>#36 John Reasoner - FB</t>
   </si>
   <si>
     <t>#95 Salvador Franz - SLB</t>
   </si>
   <si>
     <t>#72 Felipe Thomas - LDE</t>
   </si>
   <si>
-    <t>#91 William Demmer - DT</t>
+    <t>#65 William Demmer - DT</t>
   </si>
   <si>
     <t>8:45</t>
   </si>
   <si>
     <t>(8:46) 15-Bryan Mata kicks 70 yards from SFO 35 to ARZ -5. Touchback.</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>1-10-ARZ 25 (8:46) 15-Roberto Knight pass complete to 17-Donald Thompson to ARZ 26 for 1 yards. Tackle by 24-Shawn Gregory.</t>
   </si>
   <si>
     <t>8:05</t>
   </si>
   <si>
     <t>ARZ 26</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>Nickel Normal Double WR1</t>
   </si>
@@ -752,51 +752,51 @@
   <si>
     <t>ARZ 48</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>3-7-ARZ 48 (5:09) 26-Marvin Chevalier ran to ARZ 36 for 11 yards. Tackle by 39-John Ellsworth.</t>
   </si>
   <si>
     <t>4:34</t>
   </si>
   <si>
     <t>ARZ 36</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-ARZ 36 (4:33) 14-Alvin Moore pass complete to 82-Anthony Shade to ARZ 30 for 7 yards. Tackle by 26-Alan Ramirez.</t>
   </si>
   <si>
-    <t>#89 Jermaine Nix - TE</t>
+    <t>#85 Jermaine Nix - TE</t>
   </si>
   <si>
     <t>#43 Leslie Gilson - LDE</t>
   </si>
   <si>
     <t>3:52</t>
   </si>
   <si>
     <t>ARZ 30</t>
   </si>
   <si>
     <t>2-3-ARZ 30 (3:51) 28-Robert Canipe ran to ARZ 29 for a short gain. Tackle by 26-Alan Ramirez.</t>
   </si>
   <si>
     <t>3:13</t>
   </si>
   <si>
     <t>ARZ 29</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>3-3-ARZ 29 (3:12) 26-Marvin Chevalier ran to ARZ 22 for 7 yards. Tackle by 26-Alan Ramirez.</t>
   </si>
@@ -1196,51 +1196,51 @@
   <si>
     <t>ARZ 21</t>
   </si>
   <si>
     <t>I Formation Normal Curl &amp; Post</t>
   </si>
   <si>
     <t>1-10-ARZ 21 (1:26) 14-Alvin Moore pass INTERCEPTED by 59-Harry Leblanc at ARZ 13. 59-Harry Leblanc to ARZ 13 for -0 yards. Tackle by 82-Anthony Shade.</t>
   </si>
   <si>
     <t>1:23</t>
   </si>
   <si>
     <t>ARZ 13</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-ARZ 13 (1:24) 32-Michael Scott ran to ARZ 12 for -1 yards. Tackle by 59-William Engle.</t>
   </si>
   <si>
-    <t>#55 Hector Cozart - RDE</t>
+    <t>#79 Hector Cozart - RDE</t>
   </si>
   <si>
     <t>0:50</t>
   </si>
   <si>
     <t>ARZ 12</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>46 Heavy 1 Deep SS MLB Blitz</t>
   </si>
   <si>
     <t>2-11-ARZ 12 (0:49) 32-Michael Scott ran to ARZ 11 for -1 yards. Tackle by 30-Michael Hereford.</t>
   </si>
   <si>
     <t>0:47</t>
   </si>
   <si>
     <t>0:45</t>
   </si>
   <si>
     <t>ARZ 11</t>
   </si>
@@ -1655,51 +1655,51 @@
   <si>
     <t>5:36</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>2-1-SFO 21 (5:35) 28-Robert Canipe ran to SFO 24 for 4 yards. Tackle by 94-Ernest Overton.</t>
   </si>
   <si>
     <t>4:56</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>1-10-SFO 24 (4:55) 14-Alvin Moore pass complete to 18-John Shumaker to SFO 45 for 20 yards. Tackle by 92-Raymond Wofford.</t>
   </si>
   <si>
     <t>4:11</t>
   </si>
   <si>
     <t>1-10-SFO 45 (4:10) 28-Robert Canipe ran to SFO 43 for -2 yards. Tackle by 77-Reginald Boswell.</t>
   </si>
   <si>
-    <t>#84 Joshua Johnson - WR</t>
+    <t>#83 Joshua Johnson - WR</t>
   </si>
   <si>
     <t>3:31</t>
   </si>
   <si>
     <t>2-12-SFO 43 (3:30) 28-Robert Canipe ran to SFO 44 for 1 yards. Tackle by 58-Tommie Mitchell.</t>
   </si>
   <si>
     <t>3-11-SFO 44 (2:54) 26-Marvin Chevalier ran to SFO 47 for 3 yards. Tackle by 51-Charles Cook.</t>
   </si>
   <si>
     <t>2:12</t>
   </si>
   <si>
     <t>SFO 47</t>
   </si>
   <si>
     <t>4-8-SFO 47 (2:11) 11-Larry Williams punts 47 yards to ARZ 6. ARZ 92-Raymond Wofford was injured on the play.</t>
   </si>
   <si>
     <t>2:01</t>
   </si>
   <si>
     <t>ARZ 6</t>
   </si>