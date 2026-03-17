--- v3 (2026-02-22)
+++ v4 (2026-03-17)
@@ -332,51 +332,51 @@
   <si>
     <t>#95 Tommie Mitchell - DT</t>
   </si>
   <si>
     <t>#97 Eddie Wilson - FS</t>
   </si>
   <si>
     <t>#15 Bryan Mata - K</t>
   </si>
   <si>
     <t>ARZ</t>
   </si>
   <si>
     <t>ARZ 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-ARZ 25 (15:00) 15-Roberto Knight pass Pass knocked down by 23-Harold Lawton. incomplete, intended for 32-Michael Scott.</t>
   </si>
   <si>
-    <t>#15 Roberto Knight - QB</t>
+    <t>#13 Roberto Knight - QB</t>
   </si>
   <si>
     <t>#32 Michael Scott - RB</t>
   </si>
   <si>
     <t>#20 Wade Head - FB</t>
   </si>
   <si>
     <t>#10 Robert Boyd - WR</t>
   </si>
   <si>
     <t>#17 Donald Thompson - WR</t>
   </si>
   <si>
     <t>#74 Kenneth Nelson - LT</t>
   </si>
   <si>
     <t>#69 Calvin Few - LG</t>
   </si>
   <si>
     <t>#66 Art Johnson - C</t>
   </si>
   <si>
     <t>#67 Earl Abels - RG</t>
   </si>