--- v0 (2025-10-17)
+++ v1 (2025-12-19)
@@ -287,51 +287,51 @@
   <si>
     <t>OAK has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>KCY</t>
   </si>
   <si>
     <t>KCY 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-Richard Schutt kicks 72 yards from KCY 35 to OAK -7. Touchback.</t>
   </si>
   <si>
     <t>#32 Eric McGrath - RB</t>
   </si>
   <si>
     <t>#45 Nelson Tellier - MLB</t>
   </si>
   <si>
-    <t>#90 Robert Johnston - DT</t>
+    <t>#73 Robert Johnston - DT</t>
   </si>
   <si>
     <t>#63 Jeffrey Biehl - LDE</t>
   </si>
   <si>
     <t>#37 Rodolfo Shepherd - FS</t>
   </si>
   <si>
     <t>#22 Stanley Brown - CB</t>
   </si>
   <si>
     <t>#93 Frank Morin - RDE</t>
   </si>
   <si>
     <t>#45 David Lyons - SS</t>
   </si>
   <si>
     <t>#20 Francisco Bolger - CB</t>
   </si>
   <si>
     <t>#23 Kenneth McCarty - CB</t>
   </si>
   <si>
     <t>#21 William Williams - CB</t>
   </si>
@@ -350,156 +350,156 @@
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-OAK 25 (15:00) 32-Eric McGrath ran to OAK 27 for 2 yards. Tackle by 43-Justin Bishop. OAK 57-Victor Lewis was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#12 Anthony Hinson - QB</t>
   </si>
   <si>
     <t>#49 Micheal Hayes - FB</t>
   </si>
   <si>
     <t>#88 Matthew Ayala - TE</t>
   </si>
   <si>
     <t>#17 Johnny Petty - WR</t>
   </si>
   <si>
     <t>#18 Charles Berry - WR</t>
   </si>
   <si>
     <t>#77 Richard Brush - RT</t>
   </si>
   <si>
-    <t>#60 Gary Long - LG</t>
+    <t>#57 Gary Long - C</t>
   </si>
   <si>
     <t>#77 Victor Lewis - C</t>
   </si>
   <si>
     <t>#63 Andrew Crist - RG</t>
   </si>
   <si>
-    <t>#68 Brandon Munroe - LT</t>
+    <t>#61 Brandon Munroe - RG</t>
   </si>
   <si>
     <t>#62 Edward Larson - LDE</t>
   </si>
   <si>
     <t>#96 Joshua Kenworthy - DT</t>
   </si>
   <si>
     <t>#57 Kenneth Williams - DT</t>
   </si>
   <si>
-    <t>#68 Michael Neil - LDE</t>
+    <t>#77 Michael Neil - LDE</t>
   </si>
   <si>
     <t>#96 Danny Samuels - SLB</t>
   </si>
   <si>
-    <t>#56 Christopher Ritchey - MLB</t>
+    <t>#43 Christopher Ritchey - WLB</t>
   </si>
   <si>
     <t>#50 Brian Johnson - LDE</t>
   </si>
   <si>
     <t>#36 Ronald Dunklin - CB</t>
   </si>
   <si>
     <t>#32 David Tolbert - CB</t>
   </si>
   <si>
     <t>#20 Alexander Spinks - SS</t>
   </si>
   <si>
-    <t>#43 Justin Bishop - FS</t>
+    <t>#42 Justin Bishop - FS</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>OAK 27</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-8-OAK 27 (14:25) 32-Eric McGrath ran to OAK 29 for 3 yards. Tackle by 50-Brian Johnson. 80-David Viviano totally missed that block.</t>
   </si>
   <si>
     <t>#40 Robert Bender - FB</t>
   </si>
   <si>
     <t>#82 David Viviano - TE</t>
   </si>
   <si>
-    <t>#52 Jeffrey Thomas - C</t>
+    <t>#65 Jeffrey Thomas - C</t>
   </si>
   <si>
     <t>#49 Harry Litchfield - SS</t>
   </si>
   <si>
     <t>13:50</t>
   </si>
   <si>
     <t>OAK 29</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>3-6-OAK 29 (13:49) 12-Anthony Hinson pass Pass knocked down by 36-Ronald Dunklin. incomplete, intended for 17-Johnny Petty.</t>
   </si>
   <si>
     <t>#19 Shane Murphy - WR</t>
   </si>
   <si>
     <t>#45 John Dancy - FS</t>
   </si>
   <si>
     <t>13:44</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-OAK 29 (13:45) 2-Larry Carleton punts 55 yards to KCY 15. 88-James Gilliard to KCY 24 for 9 yards. Tackle by 22-Stanley Brown.</t>
   </si>
   <si>
-    <t>#3 Larry Carleton - P</t>
+    <t>#9 Larry Carleton - P</t>
   </si>
   <si>
     <t>#88 James Gilliard - WR</t>
   </si>
   <si>
     <t>#95 Graham Tobin - MLB</t>
   </si>
   <si>
     <t>#77 Kenneth Murray - LT</t>
   </si>
   <si>
     <t>#61 Allen Peters - LG</t>
   </si>
   <si>
     <t>#71 Larry Caldwell - RT</t>
   </si>
   <si>
     <t>#55 Justin Rose - RG</t>
   </si>
   <si>
     <t>#51 Charles Volkert - MLB</t>
   </si>
   <si>
     <t>#47 Adrian Leming - WLB</t>
   </si>
@@ -548,84 +548,84 @@
   <si>
     <t>#55 Scott McCleskey - RG</t>
   </si>
   <si>
     <t>#61 Steven Johnson - RT</t>
   </si>
   <si>
     <t>#61 Neil Horrocks - LDE</t>
   </si>
   <si>
     <t>#47 Ernest Coleman - SLB</t>
   </si>
   <si>
     <t>#62 Andrew Ellsworth - DT</t>
   </si>
   <si>
     <t>#48 Richard Donahue - DT</t>
   </si>
   <si>
     <t>#49 Don McIntosh - WLB</t>
   </si>
   <si>
     <t>#52 Isaac Sullivan - SLB</t>
   </si>
   <si>
-    <t>#24 Robert Durham - CB</t>
+    <t>#21 Robert Durham - CB</t>
   </si>
   <si>
     <t>12:53</t>
   </si>
   <si>
     <t>KCY 23</t>
   </si>
   <si>
     <t>2-11-KCY 23 (12:52) 42-Jason Jean ran to KCY 26 for 3 yards. Tackle by 36-David Lyons.</t>
   </si>
   <si>
     <t>12:18</t>
   </si>
   <si>
     <t>KCY 26</t>
   </si>
   <si>
     <t>3-7-KCY 26 (12:17) 42-Jason Jean ran to KCY 34 for 7 yards. Tackle by 24-Robert Durham.</t>
   </si>
   <si>
     <t>11:41</t>
   </si>
   <si>
     <t>KCY 34</t>
   </si>
   <si>
     <t>4-1-KCY 34 (11:40) 2-Maurice Richie punts 43 yards to OAK 23. Fair Catch by 32-Eric McGrath.</t>
   </si>
   <si>
     <t>#2 Maurice Richie - P</t>
   </si>
   <si>
-    <t>#63 Desmond Curtis - C</t>
+    <t>#69 Desmond Curtis - C</t>
   </si>
   <si>
     <t>#79 Walter McDowell - RG</t>
   </si>
   <si>
     <t>#43 Andrew Hicks - MLB</t>
   </si>
   <si>
     <t>11:33</t>
   </si>
   <si>
     <t>OAK 23</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-OAK 23 (11:34) 12-Anthony Hinson pass complete to 18-Charles Berry to OAK 34 for 12 yards. Tackle by 32-David Tolbert. Great move by 18-Charles Berry to get free of his coverage.</t>
   </si>
   <si>
     <t>10:54</t>
   </si>
@@ -1160,51 +1160,51 @@
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>4-3 Under Crash Right</t>
   </si>
   <si>
     <t>2-8-OAK 23 (2:45) 4-Arnold Davis pass Pass knocked down by 21-William Williams. incomplete, intended for 89-Daniel Hunter. Pressure by 47-Ernest Coleman.</t>
   </si>
   <si>
     <t>2:40</t>
   </si>
   <si>
     <t>3-8-OAK 23 (2:41) 42-Jason Jean ran to OAK 21 for 2 yards. Tackle by 46-Isaac Sullivan.</t>
   </si>
   <si>
     <t>2:09</t>
   </si>
   <si>
     <t>OAK 21</t>
   </si>
   <si>
     <t>4-6-OAK 21 (2:08) 7-Richard Schutt 38 yard field goal is GOOD. OAK 9 KCY 3</t>
   </si>
   <si>
-    <t>#65 Donald Lloyd - RT</t>
+    <t>#77 Donald Lloyd - RT</t>
   </si>
   <si>
     <t>2:04</t>
   </si>
   <si>
     <t>(2:05) 7-Richard Schutt kicks 66 yards from KCY 35 to OAK -1. 32-Eric McGrath to OAK 30 for 32 yards. Tackle by 54-Harry Litchfield. 21-William Williams missed that block completely.</t>
   </si>
   <si>
     <t>1:59</t>
   </si>
   <si>
     <t>Timeout for two minute warning.</t>
   </si>
   <si>
     <t>OAK 30</t>
   </si>
   <si>
     <t>1-10-OAK 30 (1:59) 30-Vincent Bailey ran to OAK 32 for 1 yards. Tackle by 96-Danny Samuels.</t>
   </si>
   <si>
     <t>1:27</t>
   </si>
   <si>
     <t>OAK 32</t>
   </si>
@@ -1358,51 +1358,51 @@
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>Nickel Strong CB3 Blitz Man</t>
   </si>
   <si>
     <t>1-10-OAK 25 (8:17) 32-Eric McGrath ran to OAK 18 for -7 yards. Tackle by 45-John Dancy.</t>
   </si>
   <si>
     <t>7:41</t>
   </si>
   <si>
     <t>2-17-OAK 18 (7:40) 12-Anthony Hinson pass complete to 17-Johnny Petty to OAK 24 for 6 yards. Tackle by 96-Danny Samuels.</t>
   </si>
   <si>
     <t>7:00</t>
   </si>
   <si>
     <t>OAK 24</t>
   </si>
   <si>
     <t>3-11-OAK 24 (6:59) 30-Vincent Bailey ran to OAK 31 for 7 yards. Tackle by 56-Christopher Ritchey.</t>
   </si>
   <si>
-    <t>#31 Arthur Hornbeck - RB</t>
+    <t>#17 Arthur Hornbeck - WR</t>
   </si>
   <si>
     <t>OAK 31</t>
   </si>
   <si>
     <t>4-4-OAK 31 (6:13) 2-Larry Carleton punts 46 yards to KCY 22. Fair Catch by 88-James Gilliard.</t>
   </si>
   <si>
     <t>6:06</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>1-10-KCY 22 (6:07) 42-Jason Jean ran to KCY 22 for -1 yards. Tackle by 49-Don McIntosh.</t>
   </si>
   <si>
     <t>2-11-KCY 22 (5:26) 42-Jason Jean ran to KCY 21 for -1 yards. Tackle by 49-Don McIntosh.</t>
   </si>
   <si>
     <t>4:49</t>
   </si>
   <si>
     <t>KCY 21</t>
   </si>
@@ -1451,51 +1451,51 @@
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>2-5-OAK 36 (1:47) 12-Anthony Hinson pass complete to 17-Johnny Petty to OAK 44 for 8 yards. Tackle by 36-Ronald Dunklin.</t>
   </si>
   <si>
     <t>OAK 44</t>
   </si>
   <si>
     <t>1-10-OAK 44 (1:08) 12-Anthony Hinson pass complete to 17-Johnny Petty to KCY 47 for 10 yards. Tackle by 50-Brian Johnson.</t>
   </si>
   <si>
     <t>0:25</t>
   </si>
   <si>
     <t>2-1-KCY 47 (0:24) 30-Vincent Bailey ran to KCY 39 for 8 yards. Tackle by 36-Ronald Dunklin.</t>
   </si>
   <si>
     <t>End of third quarter.</t>
   </si>
   <si>
     <t>1-10-KCY 39 (15:00) 12-Anthony Hinson pass complete to 18-Charles Berry to KCY 37 for 2 yards. Tackle by 32-David Tolbert.</t>
   </si>
   <si>
-    <t>#16 Walter Christian - WR</t>
+    <t>#7 Walter Christian - WR</t>
   </si>
   <si>
     <t>14:19</t>
   </si>
   <si>
     <t>KCY 37</t>
   </si>
   <si>
     <t>I Formation Normal Cross In</t>
   </si>
   <si>
     <t>4-3 Normal 4 Deep Zone Under</t>
   </si>
   <si>
     <t>2-8-KCY 37 (14:18) 12-Anthony Hinson pass complete to 88-Matthew Ayala to KCY 31 for 7 yards. Tackle by 56-Christopher Ritchey.</t>
   </si>
   <si>
     <t>13:39</t>
   </si>
   <si>
     <t>KCY 31</t>
   </si>
   <si>
     <t>3-2-KCY 31 (13:38) 32-Eric McGrath ran to KCY 30 for 1 yards. Tackle by 45-John Dancy.</t>
   </si>
@@ -2152,51 +2152,51 @@
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="262.936" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>