--- v1 (2025-12-19)
+++ v2 (2026-02-15)
@@ -386,51 +386,51 @@
   <si>
     <t>#62 Edward Larson - LDE</t>
   </si>
   <si>
     <t>#96 Joshua Kenworthy - DT</t>
   </si>
   <si>
     <t>#57 Kenneth Williams - DT</t>
   </si>
   <si>
     <t>#77 Michael Neil - LDE</t>
   </si>
   <si>
     <t>#96 Danny Samuels - SLB</t>
   </si>
   <si>
     <t>#43 Christopher Ritchey - WLB</t>
   </si>
   <si>
     <t>#50 Brian Johnson - LDE</t>
   </si>
   <si>
     <t>#36 Ronald Dunklin - CB</t>
   </si>
   <si>
-    <t>#32 David Tolbert - CB</t>
+    <t>#23 David Tolbert - CB</t>
   </si>
   <si>
     <t>#20 Alexander Spinks - SS</t>
   </si>
   <si>
     <t>#42 Justin Bishop - FS</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>OAK 27</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-8-OAK 27 (14:25) 32-Eric McGrath ran to OAK 29 for 3 yards. Tackle by 50-Brian Johnson. 80-David Viviano totally missed that block.</t>
   </si>
   <si>
     <t>#40 Robert Bender - FB</t>
   </si>
@@ -1358,51 +1358,51 @@
   <si>
     <t>Shotgun Normal HB Sweep</t>
   </si>
   <si>
     <t>Nickel Strong CB3 Blitz Man</t>
   </si>
   <si>
     <t>1-10-OAK 25 (8:17) 32-Eric McGrath ran to OAK 18 for -7 yards. Tackle by 45-John Dancy.</t>
   </si>
   <si>
     <t>7:41</t>
   </si>
   <si>
     <t>2-17-OAK 18 (7:40) 12-Anthony Hinson pass complete to 17-Johnny Petty to OAK 24 for 6 yards. Tackle by 96-Danny Samuels.</t>
   </si>
   <si>
     <t>7:00</t>
   </si>
   <si>
     <t>OAK 24</t>
   </si>
   <si>
     <t>3-11-OAK 24 (6:59) 30-Vincent Bailey ran to OAK 31 for 7 yards. Tackle by 56-Christopher Ritchey.</t>
   </si>
   <si>
-    <t>#17 Arthur Hornbeck - WR</t>
+    <t>#2 Arthur Hornbeck - WR</t>
   </si>
   <si>
     <t>OAK 31</t>
   </si>
   <si>
     <t>4-4-OAK 31 (6:13) 2-Larry Carleton punts 46 yards to KCY 22. Fair Catch by 88-James Gilliard.</t>
   </si>
   <si>
     <t>6:06</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>1-10-KCY 22 (6:07) 42-Jason Jean ran to KCY 22 for -1 yards. Tackle by 49-Don McIntosh.</t>
   </si>
   <si>
     <t>2-11-KCY 22 (5:26) 42-Jason Jean ran to KCY 21 for -1 yards. Tackle by 49-Don McIntosh.</t>
   </si>
   <si>
     <t>4:49</t>
   </si>
   <si>
     <t>KCY 21</t>
   </si>
@@ -2145,51 +2145,51 @@
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD147"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="262.936" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>