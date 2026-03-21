--- v2 (2026-02-15)
+++ v3 (2026-03-21)
@@ -290,135 +290,135 @@
   <si>
     <t>KCY</t>
   </si>
   <si>
     <t>KCY 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-Richard Schutt kicks 72 yards from KCY 35 to OAK -7. Touchback.</t>
   </si>
   <si>
     <t>#32 Eric McGrath - RB</t>
   </si>
   <si>
     <t>#45 Nelson Tellier - MLB</t>
   </si>
   <si>
     <t>#73 Robert Johnston - DT</t>
   </si>
   <si>
-    <t>#63 Jeffrey Biehl - LDE</t>
+    <t>#67 Jeffrey Biehl - LDE</t>
   </si>
   <si>
     <t>#37 Rodolfo Shepherd - FS</t>
   </si>
   <si>
     <t>#22 Stanley Brown - CB</t>
   </si>
   <si>
     <t>#93 Frank Morin - RDE</t>
   </si>
   <si>
     <t>#45 David Lyons - SS</t>
   </si>
   <si>
     <t>#20 Francisco Bolger - CB</t>
   </si>
   <si>
     <t>#23 Kenneth McCarty - CB</t>
   </si>
   <si>
     <t>#21 William Williams - CB</t>
   </si>
   <si>
     <t>#7 Richard Schutt - K</t>
   </si>
   <si>
     <t>OAK</t>
   </si>
   <si>
     <t>OAK 25</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-OAK 25 (15:00) 32-Eric McGrath ran to OAK 27 for 2 yards. Tackle by 43-Justin Bishop. OAK 57-Victor Lewis was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#12 Anthony Hinson - QB</t>
   </si>
   <si>
     <t>#49 Micheal Hayes - FB</t>
   </si>
   <si>
-    <t>#88 Matthew Ayala - TE</t>
+    <t>#80 Matthew Ayala - TE</t>
   </si>
   <si>
     <t>#17 Johnny Petty - WR</t>
   </si>
   <si>
     <t>#18 Charles Berry - WR</t>
   </si>
   <si>
     <t>#77 Richard Brush - RT</t>
   </si>
   <si>
     <t>#57 Gary Long - C</t>
   </si>
   <si>
     <t>#77 Victor Lewis - C</t>
   </si>
   <si>
     <t>#63 Andrew Crist - RG</t>
   </si>
   <si>
     <t>#61 Brandon Munroe - RG</t>
   </si>
   <si>
     <t>#62 Edward Larson - LDE</t>
   </si>
   <si>
     <t>#96 Joshua Kenworthy - DT</t>
   </si>
   <si>
     <t>#57 Kenneth Williams - DT</t>
   </si>
   <si>
     <t>#77 Michael Neil - LDE</t>
   </si>
   <si>
-    <t>#96 Danny Samuels - SLB</t>
+    <t>#59 Danny Samuels - SLB</t>
   </si>
   <si>
     <t>#43 Christopher Ritchey - WLB</t>
   </si>
   <si>
     <t>#50 Brian Johnson - LDE</t>
   </si>
   <si>
     <t>#36 Ronald Dunklin - CB</t>
   </si>
   <si>
     <t>#23 David Tolbert - CB</t>
   </si>
   <si>
     <t>#20 Alexander Spinks - SS</t>
   </si>
   <si>
     <t>#42 Justin Bishop - FS</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>OAK 27</t>
   </si>