--- v0 (2025-10-19)
+++ v1 (2025-12-22)
@@ -356,51 +356,51 @@
   <si>
     <t>#13 David Soucy - QB</t>
   </si>
   <si>
     <t>#32 James Davis - RB</t>
   </si>
   <si>
     <t>#31 Bruce Davis - RB</t>
   </si>
   <si>
     <t>#88 Walter Walker - WR</t>
   </si>
   <si>
     <t>#87 Michael Gorham - WR</t>
   </si>
   <si>
     <t>#89 Billy Hertzog - WR</t>
   </si>
   <si>
     <t>#55 John Perry - LT</t>
   </si>
   <si>
     <t>#66 Mike Gaines - LG</t>
   </si>
   <si>
-    <t>#62 Earl Norton - C</t>
+    <t>#57 Earl Norton - C</t>
   </si>
   <si>
     <t>#76 Martin Reynolds - RT</t>
   </si>
   <si>
     <t>#75 Heath McCabe - RT</t>
   </si>
   <si>
     <t>#92 John Baker - LDE</t>
   </si>
   <si>
     <t>#73 Kenneth Downing - DT</t>
   </si>
   <si>
     <t>#95 Peter Goodman - RDE</t>
   </si>
   <si>
     <t>#57 Joseph Pulliam - SLB</t>
   </si>
   <si>
     <t>#55 Rodney Wall - WLB</t>
   </si>
   <si>
     <t>#58 Edward Pennington - WLB</t>
   </si>
@@ -413,51 +413,51 @@
   <si>
     <t>#33 Lee Ingraham - CB</t>
   </si>
   <si>
     <t>#30 Timothy Barriga - SS</t>
   </si>
   <si>
     <t>#40 Robert Horowitz - FS</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-10-DEN 25 (14:57) 32-James Davis ran to DEN 29 for 4 yards. Tackle by 40-Robert Horowitz.</t>
   </si>
   <si>
     <t>#80 James Henry - TE</t>
   </si>
   <si>
-    <t>#87 William Oster - TE</t>
+    <t>#82 William Oster - TE</t>
   </si>
   <si>
     <t>#78 Charles Mosser - DT</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>DEN 29</t>
   </si>
   <si>
     <t>I Formation Normal PA Streaks</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>3-6-DEN 29 (14:22) 11-David Soucy pass Pass knocked down by 58-Edward Pennington. incomplete, intended for 81-William Oster.</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
@@ -485,78 +485,78 @@
   <si>
     <t>#71 Ronald Allen - LT</t>
   </si>
   <si>
     <t>#59 Brian Gowins - WLB</t>
   </si>
   <si>
     <t>14:10</t>
   </si>
   <si>
     <t>CLE 22</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-CLE 22 (14:11) 22-Michael Duncan ran to CLE 25 for 3 yards. Tackle by 51-Robert Pickett.</t>
   </si>
   <si>
     <t>#18 Robert Williams - QB</t>
   </si>
   <si>
-    <t>#47 Michael Duncan - RB</t>
+    <t>#8 Michael Duncan - RB</t>
   </si>
   <si>
     <t>#43 Joshua Avila - FB</t>
   </si>
   <si>
     <t>#80 Michael Stone - TE</t>
   </si>
   <si>
     <t>#89 Henry Wagner - WR</t>
   </si>
   <si>
     <t>#86 Eric Ouellette - WR</t>
   </si>
   <si>
     <t>#50 Ray Smith - C</t>
   </si>
   <si>
     <t>#66 Derrick Crum - LG</t>
   </si>
   <si>
-    <t>#67 John Wilkins - C</t>
+    <t>#67 John Wilkins - RG</t>
   </si>
   <si>
     <t>#51 Nicholas Arnone - RG</t>
   </si>
   <si>
-    <t>#69 Joseph Peters - LT</t>
+    <t>#71 Joseph Peters - LT</t>
   </si>
   <si>
     <t>#90 Wiley Marcellus - LDE</t>
   </si>
   <si>
     <t>#97 James Carper - DT</t>
   </si>
   <si>
     <t>#99 Leslie Leon - RDE</t>
   </si>
   <si>
     <t>#94 Mike Turner - SLB</t>
   </si>
   <si>
     <t>#51 Robert Pickett - MLB</t>
   </si>
   <si>
     <t>13:27</t>
   </si>
   <si>
     <t>CLE 25</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
@@ -938,90 +938,90 @@
   <si>
     <t>#13 Don Turner - WR</t>
   </si>
   <si>
     <t>#88 Sergio McBride - WR</t>
   </si>
   <si>
     <t>11:41</t>
   </si>
   <si>
     <t>DEN 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(11:42) Extra point GOOD by 4-Kevin Collins. DEN 0 CLE 7</t>
   </si>
   <si>
     <t>#10 Wayne Knights - QB</t>
   </si>
   <si>
-    <t>#67 Kyle McCall - LT</t>
+    <t>#57 Kyle McCall - C</t>
   </si>
   <si>
     <t>(11:42) 4-Kevin Collins kicks 75 yards from CLE 35 to DEN -10. Touchback.</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>46 Heavy 2 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-DEN 25 (11:42) 11-David Soucy pass complete to 81-William Oster to DEN 34 for 9 yards. Tackle by 98-Rodney Wall.</t>
   </si>
   <si>
     <t>11:01</t>
   </si>
   <si>
     <t>DEN 34</t>
   </si>
   <si>
     <t>46 Heavy SS MLB Blitz</t>
   </si>
   <si>
     <t>2-1-DEN 34 (11:00) 32-James Davis ran to DEN 35 for 2 yards. Tackle by 30-Timothy Barriga.</t>
   </si>
   <si>
     <t>10:24</t>
   </si>
   <si>
     <t>Strong I Normal FB Trap Weak</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-DEN 35 (10:23) 85-James Henry ran to DEN 45 for 10 yards. Tackle by 57-Joseph Pulliam. PENALTY - Offsides (CLE 75-Kenneth Downing)</t>
   </si>
   <si>
-    <t>#58 Travis Perez - MLB</t>
+    <t>#58 Travis Perez - SLB</t>
   </si>
   <si>
     <t>10:19</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-5-DEN 40 (10:20) 32-James Davis ran to DEN 43 for 3 yards. Tackle by 98-Rodney Wall.</t>
   </si>
   <si>
     <t>9:45</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>2-2-DEN 43 (9:44) 32-James Davis ran to CLE 49 for 8 yards. Tackle by 98-Rodney Wall.</t>
   </si>
   <si>
     <t>9:01</t>
   </si>
@@ -2083,102 +2083,102 @@
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="253.51" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="19" max="19" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="70" max="70" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">