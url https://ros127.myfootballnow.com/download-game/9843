--- v1 (2025-12-22)
+++ v2 (2026-03-23)
@@ -335,99 +335,99 @@
   <si>
     <t>#92 Jeffrey Nicholson - SS</t>
   </si>
   <si>
     <t>#4 Kevin Collins - K</t>
   </si>
   <si>
     <t>DEN</t>
   </si>
   <si>
     <t>DEN 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-DEN 25 (15:00) 11-David Soucy pass Pass knocked down by 58-Edward Pennington. incomplete, intended for 31-Bruce Davis.</t>
   </si>
   <si>
     <t>#13 David Soucy - QB</t>
   </si>
   <si>
-    <t>#32 James Davis - RB</t>
+    <t>#27 James Davis - RB</t>
   </si>
   <si>
     <t>#31 Bruce Davis - RB</t>
   </si>
   <si>
     <t>#88 Walter Walker - WR</t>
   </si>
   <si>
     <t>#87 Michael Gorham - WR</t>
   </si>
   <si>
     <t>#89 Billy Hertzog - WR</t>
   </si>
   <si>
     <t>#55 John Perry - LT</t>
   </si>
   <si>
     <t>#66 Mike Gaines - LG</t>
   </si>
   <si>
-    <t>#57 Earl Norton - C</t>
-[...2 lines deleted...]
-    <t>#76 Martin Reynolds - RT</t>
+    <t>#55 Earl Norton - C</t>
+  </si>
+  <si>
+    <t>#76 Martin Reynolds - LT</t>
   </si>
   <si>
     <t>#75 Heath McCabe - RT</t>
   </si>
   <si>
     <t>#92 John Baker - LDE</t>
   </si>
   <si>
     <t>#73 Kenneth Downing - DT</t>
   </si>
   <si>
     <t>#95 Peter Goodman - RDE</t>
   </si>
   <si>
     <t>#57 Joseph Pulliam - SLB</t>
   </si>
   <si>
     <t>#55 Rodney Wall - WLB</t>
   </si>
   <si>
     <t>#58 Edward Pennington - WLB</t>
   </si>
   <si>
-    <t>#38 Aaron Anderson - CB</t>
+    <t>#29 Aaron Anderson - CB</t>
   </si>
   <si>
     <t>#46 Stephen Deans - CB</t>
   </si>
   <si>
     <t>#33 Lee Ingraham - CB</t>
   </si>
   <si>
     <t>#30 Timothy Barriga - SS</t>
   </si>
   <si>
     <t>#40 Robert Horowitz - FS</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>2-10-DEN 25 (14:57) 32-James Davis ran to DEN 29 for 4 yards. Tackle by 40-Robert Horowitz.</t>
   </si>
@@ -461,108 +461,108 @@
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-6-DEN 29 (14:18) 5-Cameron Inman punts 50 yards to CLE 22. Fair Catch by 15-Robert Dwyer.</t>
   </si>
   <si>
     <t>#5 Cameron Inman - P</t>
   </si>
   <si>
     <t>#15 Robert Dwyer - WR</t>
   </si>
   <si>
     <t>#99 Jimmy Horvath - RDE</t>
   </si>
   <si>
     <t>#22 Matthew Wilson - FS</t>
   </si>
   <si>
     <t>#73 Christian Desmond - C</t>
   </si>
   <si>
-    <t>#71 Ronald Allen - LT</t>
+    <t>#76 Ronald Allen - LT</t>
   </si>
   <si>
     <t>#59 Brian Gowins - WLB</t>
   </si>
   <si>
     <t>14:10</t>
   </si>
   <si>
     <t>CLE 22</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-CLE 22 (14:11) 22-Michael Duncan ran to CLE 25 for 3 yards. Tackle by 51-Robert Pickett.</t>
   </si>
   <si>
     <t>#18 Robert Williams - QB</t>
   </si>
   <si>
     <t>#8 Michael Duncan - RB</t>
   </si>
   <si>
     <t>#43 Joshua Avila - FB</t>
   </si>
   <si>
     <t>#80 Michael Stone - TE</t>
   </si>
   <si>
     <t>#89 Henry Wagner - WR</t>
   </si>
   <si>
     <t>#86 Eric Ouellette - WR</t>
   </si>
   <si>
-    <t>#50 Ray Smith - C</t>
+    <t>#50 Ray Smith - LT</t>
   </si>
   <si>
     <t>#66 Derrick Crum - LG</t>
   </si>
   <si>
     <t>#67 John Wilkins - RG</t>
   </si>
   <si>
     <t>#51 Nicholas Arnone - RG</t>
   </si>
   <si>
-    <t>#71 Joseph Peters - LT</t>
-[...5 lines deleted...]
-    <t>#97 James Carper - DT</t>
+    <t>#50 Joseph Peters - LT</t>
+  </si>
+  <si>
+    <t>#55 Wiley Marcellus - WLB</t>
+  </si>
+  <si>
+    <t>#61 James Carper - DT</t>
   </si>
   <si>
     <t>#99 Leslie Leon - RDE</t>
   </si>
   <si>
     <t>#94 Mike Turner - SLB</t>
   </si>
   <si>
     <t>#51 Robert Pickett - MLB</t>
   </si>
   <si>
     <t>13:27</t>
   </si>
   <si>
     <t>CLE 25</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Off Tackle Strong</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-7-CLE 25 (13:26) 22-Michael Duncan ran to CLE 32 for 8 yards. Tackle by 44-Jeffrey Nicholson.</t>
   </si>