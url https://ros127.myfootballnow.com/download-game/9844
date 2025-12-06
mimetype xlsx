--- v0 (2025-10-21)
+++ v1 (2025-12-06)
@@ -368,51 +368,51 @@
   <si>
     <t>#87 Max Rhoades - WR</t>
   </si>
   <si>
     <t>#11 Sergio Cornett - WR</t>
   </si>
   <si>
     <t>#16 Jason Collins - WR</t>
   </si>
   <si>
     <t>#78 Charles Ott - RT</t>
   </si>
   <si>
     <t>#72 Bryon Thomas - RG</t>
   </si>
   <si>
     <t>#73 Jose Frerichs - C</t>
   </si>
   <si>
     <t>#65 Matthew Grant - RG</t>
   </si>
   <si>
     <t>#52 Dante Gilbert - RT</t>
   </si>
   <si>
-    <t>#65 Leo Morris - RDE</t>
+    <t>#90 Leo Morris - LDE</t>
   </si>
   <si>
     <t>#75 Ronald Franco - DT</t>
   </si>
   <si>
     <t>#97 Gary Bacon - LDE</t>
   </si>
   <si>
     <t>#72 Todd Love - DT</t>
   </si>
   <si>
     <t>#53 John Stitt - MLB</t>
   </si>
   <si>
     <t>#92 Marc Toner - WLB</t>
   </si>
   <si>
     <t>#49 Craig King - CB</t>
   </si>
   <si>
     <t>#45 Chad Starks - CB</t>
   </si>
   <si>
     <t>#36 William Shepley - CB</t>
   </si>
@@ -608,51 +608,51 @@
   <si>
     <t>2-4-PIT 8 (12:29) 25-James Mitchell ran to PIT 8 for -1 yards. Tackle by 59-Dennis Braun. 56-Tim Walden totally missed that block.</t>
   </si>
   <si>
     <t>#89 Paul Martin - WR</t>
   </si>
   <si>
     <t>#84 Randolph Branch - WR</t>
   </si>
   <si>
     <t>#30 James Whyte - CB</t>
   </si>
   <si>
     <t>11:58</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>3-4-PIT 8 (11:57) 26-Robert Alvarez ran to PIT 17 for 9 yards. Tackle by 49-Edgar Hernandez.</t>
   </si>
   <si>
-    <t>#86 Gary Holleran - TE</t>
+    <t>#85 Gary Holleran - TE</t>
   </si>
   <si>
     <t>11:18</t>
   </si>
   <si>
     <t>PIT 17</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
   <si>
     <t>1-10-PIT 17 (11:17) 26-Robert Alvarez ran to PIT 20 for 3 yards. Tackle by 37-Daniel Thompson.</t>
   </si>
   <si>
     <t>10:43</t>
   </si>
   <si>
     <t>PIT 20</t>
   </si>
   <si>
     <t>2-7-PIT 20 (10:42) 26-Robert Alvarez ran to PIT 23 for 3 yards. Tackle by 50-Scott Christiansen.</t>
   </si>