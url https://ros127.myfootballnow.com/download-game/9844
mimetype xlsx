--- v1 (2025-12-06)
+++ v2 (2025-12-29)
@@ -815,51 +815,51 @@
   <si>
     <t>3:35</t>
   </si>
   <si>
     <t>3-12-JAX 24 (3:34) 2-William Passmore pass complete to 82-Juan Hayes to JAX 20 for 4 yards. Tackle by 33-Chris Hicks.</t>
   </si>
   <si>
     <t>2:52</t>
   </si>
   <si>
     <t>JAX 20</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-8-JAX 20 (2:51) 13-Santos Reasor 38 yard field goal is GOOD. PIT 3 JAX 0</t>
   </si>
   <si>
     <t>#9 Bryce Gomez - P</t>
   </si>
   <si>
-    <t>#68 John Perez - RT</t>
+    <t>#50 John Perez - RT</t>
   </si>
   <si>
     <t>#69 Wesley Ellis - LG</t>
   </si>
   <si>
     <t>#96 Gary Dominguez - SLB</t>
   </si>
   <si>
     <t>2:47</t>
   </si>
   <si>
     <t>(2:48) 13-Santos Reasor kicks 64 yards from PIT 35 to JAX 1. 86-Paul Morales to JAX 17 for 16 yards. Tackle by 49-Craig King.</t>
   </si>
   <si>
     <t>2:44</t>
   </si>
   <si>
     <t>JAX 17</t>
   </si>
   <si>
     <t>1-10-JAX 17 (2:45) 46-Devon Cantor ran to JAX 26 for 9 yards. Tackle by 48-Willie Daniel.</t>
   </si>
   <si>
     <t>2:04</t>
   </si>