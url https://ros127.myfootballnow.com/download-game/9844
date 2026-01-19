--- v2 (2025-12-29)
+++ v3 (2026-01-19)
@@ -815,51 +815,51 @@
   <si>
     <t>3:35</t>
   </si>
   <si>
     <t>3-12-JAX 24 (3:34) 2-William Passmore pass complete to 82-Juan Hayes to JAX 20 for 4 yards. Tackle by 33-Chris Hicks.</t>
   </si>
   <si>
     <t>2:52</t>
   </si>
   <si>
     <t>JAX 20</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-8-JAX 20 (2:51) 13-Santos Reasor 38 yard field goal is GOOD. PIT 3 JAX 0</t>
   </si>
   <si>
     <t>#9 Bryce Gomez - P</t>
   </si>
   <si>
-    <t>#50 John Perez - RT</t>
+    <t>#66 John Perez - RT</t>
   </si>
   <si>
     <t>#69 Wesley Ellis - LG</t>
   </si>
   <si>
     <t>#96 Gary Dominguez - SLB</t>
   </si>
   <si>
     <t>2:47</t>
   </si>
   <si>
     <t>(2:48) 13-Santos Reasor kicks 64 yards from PIT 35 to JAX 1. 86-Paul Morales to JAX 17 for 16 yards. Tackle by 49-Craig King.</t>
   </si>
   <si>
     <t>2:44</t>
   </si>
   <si>
     <t>JAX 17</t>
   </si>
   <si>
     <t>1-10-JAX 17 (2:45) 46-Devon Cantor ran to JAX 26 for 9 yards. Tackle by 48-Willie Daniel.</t>
   </si>
   <si>
     <t>2:04</t>
   </si>