--- v3 (2026-01-19)
+++ v4 (2026-03-20)
@@ -365,54 +365,54 @@
   <si>
     <t>#32 Lee Branch - FB</t>
   </si>
   <si>
     <t>#87 Max Rhoades - WR</t>
   </si>
   <si>
     <t>#11 Sergio Cornett - WR</t>
   </si>
   <si>
     <t>#16 Jason Collins - WR</t>
   </si>
   <si>
     <t>#78 Charles Ott - RT</t>
   </si>
   <si>
     <t>#72 Bryon Thomas - RG</t>
   </si>
   <si>
     <t>#73 Jose Frerichs - C</t>
   </si>
   <si>
     <t>#65 Matthew Grant - RG</t>
   </si>
   <si>
-    <t>#52 Dante Gilbert - RT</t>
-[...2 lines deleted...]
-    <t>#90 Leo Morris - LDE</t>
+    <t>#72 Dante Gilbert - RT</t>
+  </si>
+  <si>
+    <t>#63 Leo Morris - LDE</t>
   </si>
   <si>
     <t>#75 Ronald Franco - DT</t>
   </si>
   <si>
     <t>#97 Gary Bacon - LDE</t>
   </si>
   <si>
     <t>#72 Todd Love - DT</t>
   </si>
   <si>
     <t>#53 John Stitt - MLB</t>
   </si>
   <si>
     <t>#92 Marc Toner - WLB</t>
   </si>
   <si>
     <t>#49 Craig King - CB</t>
   </si>
   <si>
     <t>#45 Chad Starks - CB</t>
   </si>
   <si>
     <t>#36 William Shepley - CB</t>
   </si>