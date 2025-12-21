--- v0 (2025-10-19)
+++ v1 (2025-12-21)
@@ -287,54 +287,54 @@
   <si>
     <t>MIA has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 10-David Bielecki kicks 67 yards from HOU 35 to MIA -2. Touchback.</t>
   </si>
   <si>
     <t>#32 Keith Mock - RB</t>
   </si>
   <si>
     <t>#47 Joseph Leroy - FS</t>
   </si>
   <si>
-    <t>#68 Raymond Jones - DT</t>
-[...2 lines deleted...]
-    <t>#47 Dwight Tallent - CB</t>
+    <t>#70 Raymond Jones - DT</t>
+  </si>
+  <si>
+    <t>#47 Dwight Tallent - SS</t>
   </si>
   <si>
     <t>#25 Robert Carlo - CB</t>
   </si>
   <si>
     <t>#29 Hipolito Mitchell - CB</t>
   </si>
   <si>
     <t>#93 Harold Lane - LDE</t>
   </si>
   <si>
     <t>#79 Manuel Edwards - LDE</t>
   </si>
   <si>
     <t>#94 Leonel Floyd - MLB</t>
   </si>
   <si>
     <t>#27 Alberto Bisbee - CB</t>
   </si>
   <si>
     <t>#42 Robert Inniss - FS</t>
   </si>
   <si>
     <t>#10 David Bielecki - K</t>
   </si>
@@ -359,84 +359,84 @@
   <si>
     <t>#80 Billy Hebb - TE</t>
   </si>
   <si>
     <t>#83 Charles Carrasco - WR</t>
   </si>
   <si>
     <t>#86 John Phillips - WR</t>
   </si>
   <si>
     <t>#17 Lyle Bennett - WR</t>
   </si>
   <si>
     <t>#71 Victor Hollomon - LT</t>
   </si>
   <si>
     <t>#77 David Caron - RG</t>
   </si>
   <si>
     <t>#65 Rodney Lankford - C</t>
   </si>
   <si>
     <t>#73 Timothy Prins - RG</t>
   </si>
   <si>
-    <t>#76 David Strickland - RT</t>
-[...5 lines deleted...]
-    <t>#70 Richard Aguilar - DT</t>
+    <t>#51 David Strickland - RT</t>
+  </si>
+  <si>
+    <t>#67 Michael Terry - RDE</t>
+  </si>
+  <si>
+    <t>#63 Richard Aguilar - DT</t>
   </si>
   <si>
     <t>#65 Jason Williams - LDE</t>
   </si>
   <si>
     <t>#94 Neil Franks - SLB</t>
   </si>
   <si>
     <t>#99 Tyson Purdue - MLB</t>
   </si>
   <si>
     <t>#53 David Blea - WLB</t>
   </si>
   <si>
     <t>#38 Harold Gray - FS</t>
   </si>
   <si>
     <t>#39 David Park - CB</t>
   </si>
   <si>
     <t>#34 Garry Taber - CB</t>
   </si>
   <si>
     <t>#38 David Cardona - FS</t>
   </si>
   <si>
-    <t>#44 James Lawrence - FS</t>
+    <t>#28 James Lawrence - FS</t>
   </si>
   <si>
     <t>14:53</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>2-10-MIA 25 (14:54) 32-Keith Mock ran to MIA 28 for 3 yards. Tackle by 38-David Cardona.</t>
   </si>
   <si>
     <t>#46 George Thomas - RB</t>
   </si>
   <si>
     <t>#23 Robert Bonnett - FB</t>
   </si>
   <si>
     <t>#81 Leslie Shepard - TE</t>
   </si>
   <si>
     <t>#57 Robert Aguilar - RDE</t>
   </si>
@@ -488,72 +488,72 @@
   <si>
     <t>#51 Andrew McLaurin - RG</t>
   </si>
   <si>
     <t>#54 Fred Hackett - RG</t>
   </si>
   <si>
     <t>13:28</t>
   </si>
   <si>
     <t>HOU 26</t>
   </si>
   <si>
     <t>1-10-HOU 26 (13:29) 16-Michael Dawson pass complete to 20-Raymond Brown to HOU 33 for 7 yards. Tackle by 52-Scott Campbell.</t>
   </si>
   <si>
     <t>#1 Michael Dawson - QB</t>
   </si>
   <si>
     <t>#35 Robert Helms - RB</t>
   </si>
   <si>
     <t>#37 David Jackson - RB</t>
   </si>
   <si>
-    <t>#37 Raymond Brown - FB</t>
+    <t>#4 Raymond Brown - TE</t>
   </si>
   <si>
     <t>#81 James Lofton - TE</t>
   </si>
   <si>
     <t>#85 Hector Edwards - TE</t>
   </si>
   <si>
     <t>#79 Howard Augustus - LT</t>
   </si>
   <si>
-    <t>#62 Luke Fett - LG</t>
-[...2 lines deleted...]
-    <t>#65 Richard Collins - C</t>
+    <t>#52 Luke Fett - LG</t>
+  </si>
+  <si>
+    <t>#51 Richard Collins - C</t>
   </si>
   <si>
     <t>#62 Dewayne Denker - RG</t>
   </si>
   <si>
-    <t>#70 Steven Jones - LG</t>
+    <t>#70 Steven Jones - LT</t>
   </si>
   <si>
     <t>#30 Jason Thiele - WR</t>
   </si>
   <si>
     <t>#58 John Wheaton - RDE</t>
   </si>
   <si>
     <t>#66 Gary Brunner - DT</t>
   </si>
   <si>
     <t>#60 Charles Wyatt - LDE</t>
   </si>
   <si>
     <t>#52 Scott Campbell - SLB</t>
   </si>
   <si>
     <t>#59 Curtis Justice - MLB</t>
   </si>
   <si>
     <t>#20 Peter Hansen - CB</t>
   </si>
   <si>
     <t>12:55</t>
   </si>
@@ -584,51 +584,51 @@
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-HOU 44 (12:19) 16-Michael Dawson pass complete to 26-Robert Helms to HOU 47 for 3 yards. Tackle by 52-Scott Campbell. Pressure by 79-Gary Brunner. PENALTY - Facemask (MIA 52-Scott Campbell)</t>
   </si>
   <si>
     <t>12:15</t>
   </si>
   <si>
     <t>MIA 38</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-MIA 38 (12:16) 16-Michael Dawson pass incomplete, intended for 11-Lawrence Owensby.</t>
   </si>
   <si>
-    <t>#27 Sean Lucas - RB</t>
+    <t>#21 Sean Lucas - RB</t>
   </si>
   <si>
     <t>#90 Eddie Birt - WLB</t>
   </si>
   <si>
     <t>#42 Ryan Esparza - CB</t>
   </si>
   <si>
     <t>12:11</t>
   </si>
   <si>
     <t>I Formation Power Play Action Bomb</t>
   </si>
   <si>
     <t>2-10-MIA 38 (12:12) 16-Michael Dawson pass complete to 26-Robert Helms to MIA 22 for 16 yards. Tackle by 94-Leonel Floyd. Pressure by 99-Jason Thiele.</t>
   </si>
   <si>
     <t>11:37</t>
   </si>
   <si>
     <t>MIA 22</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
@@ -665,78 +665,78 @@
   <si>
     <t>9:36</t>
   </si>
   <si>
     <t>MIA 13</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-1-MIA 13 (9:35) 10-David Bielecki 31 yard field goal is NO GOOD. (Wide Left) HOU 81-James Lofton was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#61 Dale Sheffield - DT</t>
   </si>
   <si>
     <t>#69 Christopher Davison - C</t>
   </si>
   <si>
     <t>#72 William Borrego - RG</t>
   </si>
   <si>
-    <t>#90 Robert McCarthy - DT</t>
+    <t>#90 Robert McCarthy - RDE</t>
   </si>
   <si>
     <t>9:31</t>
   </si>
   <si>
     <t>MIA 20</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>1-10-MIA 20 (9:32) 5-Freddie Barr pass Pass knocked down by 53-David Blea. incomplete, intended for 49-Dennis Jones. MIA 69-Rodney Lankford was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#49 Dennis Jones - RB</t>
   </si>
   <si>
     <t>9:28</t>
   </si>
   <si>
     <t>2-10-MIA 20 (9:29) 5-Freddie Barr pass complete to 85-John Phillips to MIA 25 for 4 yards. Tackle by 97-Neil Franks. MIA 71-Victor Hollomon was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#65 Paul Baril - C</t>
+    <t>#75 Paul Baril - C</t>
   </si>
   <si>
     <t>8:46</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>3-6-MIA 25 (8:45) 5-Freddie Barr pass complete to 39-George Thomas to MIA 33 for 8 yards. Tackle by 47-Harold Gray. HOU 47-Harold Gray was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:08</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-MIA 33 (8:07) 5-Freddie Barr sacked at MIA 28 for -5 yards (76-Jason Williams). Sack allowed by 59-Andrew McLaurin.</t>
   </si>
   <si>
     <t>#25 Isaac Martin - CB</t>
   </si>
@@ -2253,51 +2253,51 @@
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="29.421" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>