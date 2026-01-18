--- v1 (2025-12-21)
+++ v2 (2026-01-18)
@@ -503,51 +503,51 @@
   <si>
     <t>#1 Michael Dawson - QB</t>
   </si>
   <si>
     <t>#35 Robert Helms - RB</t>
   </si>
   <si>
     <t>#37 David Jackson - RB</t>
   </si>
   <si>
     <t>#4 Raymond Brown - TE</t>
   </si>
   <si>
     <t>#81 James Lofton - TE</t>
   </si>
   <si>
     <t>#85 Hector Edwards - TE</t>
   </si>
   <si>
     <t>#79 Howard Augustus - LT</t>
   </si>
   <si>
     <t>#52 Luke Fett - LG</t>
   </si>
   <si>
-    <t>#51 Richard Collins - C</t>
+    <t>#58 Richard Collins - C</t>
   </si>
   <si>
     <t>#62 Dewayne Denker - RG</t>
   </si>
   <si>
     <t>#70 Steven Jones - LT</t>
   </si>
   <si>
     <t>#30 Jason Thiele - WR</t>
   </si>
   <si>
     <t>#58 John Wheaton - RDE</t>
   </si>
   <si>
     <t>#66 Gary Brunner - DT</t>
   </si>
   <si>
     <t>#60 Charles Wyatt - LDE</t>
   </si>
   <si>
     <t>#52 Scott Campbell - SLB</t>
   </si>
   <si>
     <t>#59 Curtis Justice - MLB</t>
   </si>