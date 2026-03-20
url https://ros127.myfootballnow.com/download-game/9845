--- v2 (2026-01-18)
+++ v3 (2026-03-20)
@@ -281,120 +281,120 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>MIA has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>HOU</t>
   </si>
   <si>
     <t>HOU 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 10-David Bielecki kicks 67 yards from HOU 35 to MIA -2. Touchback.</t>
   </si>
   <si>
-    <t>#32 Keith Mock - RB</t>
+    <t>#24 Keith Mock - RB</t>
   </si>
   <si>
     <t>#47 Joseph Leroy - FS</t>
   </si>
   <si>
     <t>#70 Raymond Jones - DT</t>
   </si>
   <si>
-    <t>#47 Dwight Tallent - SS</t>
+    <t>#49 Dwight Tallent - SS</t>
   </si>
   <si>
     <t>#25 Robert Carlo - CB</t>
   </si>
   <si>
     <t>#29 Hipolito Mitchell - CB</t>
   </si>
   <si>
     <t>#93 Harold Lane - LDE</t>
   </si>
   <si>
-    <t>#79 Manuel Edwards - LDE</t>
-[...2 lines deleted...]
-    <t>#94 Leonel Floyd - MLB</t>
+    <t>#79 Manuel Edwards - MLB</t>
+  </si>
+  <si>
+    <t>#55 Leonel Floyd - MLB</t>
   </si>
   <si>
     <t>#27 Alberto Bisbee - CB</t>
   </si>
   <si>
     <t>#42 Robert Inniss - FS</t>
   </si>
   <si>
     <t>#10 David Bielecki - K</t>
   </si>
   <si>
     <t>MIA</t>
   </si>
   <si>
     <t>MIA 25</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Weak Side Blitz</t>
   </si>
   <si>
     <t>1-10-MIA 25 (15:00) 5-Freddie Barr pass incomplete, dropped by 85-John Phillips. Pressure by 46-Garry Taber.</t>
   </si>
   <si>
     <t>#5 Freddie Barr - QB</t>
   </si>
   <si>
     <t>#80 Billy Hebb - TE</t>
   </si>
   <si>
     <t>#83 Charles Carrasco - WR</t>
   </si>
   <si>
     <t>#86 John Phillips - WR</t>
   </si>
   <si>
     <t>#17 Lyle Bennett - WR</t>
   </si>
   <si>
     <t>#71 Victor Hollomon - LT</t>
   </si>
   <si>
-    <t>#77 David Caron - RG</t>
+    <t>#76 David Caron - C</t>
   </si>
   <si>
     <t>#65 Rodney Lankford - C</t>
   </si>
   <si>
     <t>#73 Timothy Prins - RG</t>
   </si>
   <si>
     <t>#51 David Strickland - RT</t>
   </si>
   <si>
     <t>#67 Michael Terry - RDE</t>
   </si>
   <si>
     <t>#63 Richard Aguilar - DT</t>
   </si>
   <si>
     <t>#65 Jason Williams - LDE</t>
   </si>
   <si>
     <t>#94 Neil Franks - SLB</t>
   </si>
   <si>
     <t>#99 Tyson Purdue - MLB</t>
   </si>