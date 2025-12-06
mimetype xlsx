--- v0 (2025-10-26)
+++ v1 (2025-12-06)
@@ -305,51 +305,51 @@
   <si>
     <t>#19 Kerry Vance - WR</t>
   </si>
   <si>
     <t>#15 Donald Morrison - WR</t>
   </si>
   <si>
     <t>#90 Robert Banda - RDE</t>
   </si>
   <si>
     <t>#21 Robert Brooks - CB</t>
   </si>
   <si>
     <t>#28 Neal Jones - FS</t>
   </si>
   <si>
     <t>#22 Vincenzo Matthews - CB</t>
   </si>
   <si>
     <t>#76 Robert Whitaker - SS</t>
   </si>
   <si>
     <t>#29 Rick Williams - SS</t>
   </si>
   <si>
-    <t>#71 Jeffrey Delacruz - DT</t>
+    <t>#96 Jeffrey Delacruz - DT</t>
   </si>
   <si>
     <t>#97 Robert Whitney - DT</t>
   </si>
   <si>
     <t>#47 Nelson Hooks - WLB</t>
   </si>
   <si>
     <t>#6 Raul Allegre - K</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>IND 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-IND 25 (15:00) 33-Michael Acuna ran to IND 23 for -2 yards. Tackle by 94-Ronald Underwood. 57-William King totally missed that block.</t>
   </si>
@@ -500,69 +500,69 @@
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-NYN 21 (12:56) 8-Jesse Delany pass complete to 16-Charles Zumwalt to NYN 31 for 11 yards. Tackle by 21-Robert Brooks.</t>
   </si>
   <si>
     <t>#8 Jesse Delany - QB</t>
   </si>
   <si>
     <t>#43 Reginald Rose - RB</t>
   </si>
   <si>
     <t>#38 Andre Avis - RB</t>
   </si>
   <si>
     <t>#28 Albert Maysonet - WR</t>
   </si>
   <si>
     <t>#12 Rusty Headrick - WR</t>
   </si>
   <si>
-    <t>#14 Charles Zumwalt - WR</t>
+    <t>#84 Charles Zumwalt - WR</t>
   </si>
   <si>
     <t>#57 Eugene Hughes - LT</t>
   </si>
   <si>
     <t>#67 Graham Clay - RG</t>
   </si>
   <si>
     <t>#65 Joseph Fuentes - C</t>
   </si>
   <si>
     <t>#60 Brian Rivera - RG</t>
   </si>
   <si>
     <t>#63 Robert Pewitt - C</t>
   </si>
   <si>
-    <t>#96 Andrew Baugher - RDE</t>
+    <t>#41 Andrew Baugher - MLB</t>
   </si>
   <si>
     <t>#60 Brian Vogel - DT</t>
   </si>
   <si>
     <t>#92 Anthony Nunez - MLB</t>
   </si>
   <si>
     <t>#28 Robert Matthews - CB</t>
   </si>
   <si>
     <t>#45 George Epperson - SS</t>
   </si>
   <si>
     <t>#26 Anthony Granger - FS</t>
   </si>
   <si>
     <t>12:23</t>
   </si>
   <si>
     <t>NYN 31</t>
   </si>
   <si>
     <t>Goal Line Attack #3</t>
   </si>
@@ -791,51 +791,51 @@
   <si>
     <t>2-17-NYN 42 (5:05) 35-Reginald Rose ran to NYN 45 for 3 yards. Tackle by 49-Robert Whitaker. NYN 35-Reginald Rose was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>4:23</t>
   </si>
   <si>
     <t>NYN 45</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Cover 2 Man Under</t>
   </si>
   <si>
     <t>3-14-NYN 45 (4:22) 33-Andre Avis ran to IND 45 for 10 yards. Tackle by 26-Anthony Granger. NYN 82-Robert Traynor was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>3:42</t>
   </si>
   <si>
     <t>IND 45</t>
   </si>
   <si>
     <t>4-4-IND 45 (3:41) 2-Rodolfo Bergh punts 42 yards to IND 3.</t>
   </si>
   <si>
-    <t>#2 Rodolfo Bergh - P</t>
+    <t>#7 Rodolfo Bergh - P</t>
   </si>
   <si>
     <t>#66 Kevin Leake - C</t>
   </si>
   <si>
     <t>3:30</t>
   </si>
   <si>
     <t>IND 3</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>1-10-IND 3 (3:31) 8-Brandon Cleaves pass Pass knocked down by 27-Jerry Custard. incomplete, intended for 88-James Perry. Pressure by 97-Michael Jones.</t>
   </si>
   <si>
     <t>#94 Michael Jones - RDE</t>
   </si>
   <si>
     <t>#29 Brian Migliore - CB</t>
   </si>
   <si>
     <t>3:27</t>
   </si>