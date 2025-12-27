--- v1 (2025-12-06)
+++ v2 (2025-12-27)
@@ -1022,51 +1022,51 @@
   <si>
     <t>3-4 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-NYN 25 (13:32) 8-Jesse Delany pass complete to 35-Reginald Rose to NYN 24 for -1 yards. Tackle by 22-Vincenzo Matthews.</t>
   </si>
   <si>
     <t>12:48</t>
   </si>
   <si>
     <t>NYN 24</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>2-11-NYN 24 (12:47) 8-Jesse Delany pass complete to 12-Rusty Headrick to NYN 31 for 8 yards. Tackle by 49-Robert Whitaker. Nice job by 12-Rusty Headrick on that route to lose his coverage. IND 71-Jeffrey Delacruz was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>12:11</t>
   </si>
   <si>
     <t>3-4-NYN 31 (12:10) 8-Jesse Delany pass complete to 35-Reginald Rose to NYN 39 for 8 yards. Tackle by 41-Anthony Nunez. NYN 78-Graham Clay was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#71 Rex Dixon - DT</t>
+    <t>#90 Rex Dixon - DT</t>
   </si>
   <si>
     <t>11:36</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>1-10-NYN 39 (11:35) 8-Jesse Delany pass complete to 82-Robert Traynor to NYN 43 for 5 yards. Tackle by 27-George Epperson.</t>
   </si>
   <si>
     <t>10:54</t>
   </si>
   <si>
     <t>NYN 43</t>
   </si>
   <si>
     <t>2-5-NYN 43 (10:53) 35-Reginald Rose ran to IND 40 for 17 yards. Tackle by 48-Jackie Walden.</t>
   </si>
   <si>
     <t>10:17</t>
   </si>
   <si>
     <t>IND 40</t>
   </si>