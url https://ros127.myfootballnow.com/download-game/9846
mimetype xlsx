--- v2 (2025-12-27)
+++ v3 (2026-03-22)
@@ -362,51 +362,51 @@
   <si>
     <t>#30 Andrew Langlinais - RB</t>
   </si>
   <si>
     <t>#32 Renaldo Clark - FB</t>
   </si>
   <si>
     <t>#88 James Perry - TE</t>
   </si>
   <si>
     <t>#84 James Pascua - TE</t>
   </si>
   <si>
     <t>#69 Gregory McHugh - LT</t>
   </si>
   <si>
     <t>#67 Martin Blue - RT</t>
   </si>
   <si>
     <t>#61 William King - RT</t>
   </si>
   <si>
     <t>#62 John Bryant - RG</t>
   </si>
   <si>
-    <t>#67 Damon Ali - RT</t>
+    <t>#61 Damon Ali - LG</t>
   </si>
   <si>
     <t>#98 Adrian Henry - RDE</t>
   </si>
   <si>
     <t>#95 David Switzer - LDE</t>
   </si>
   <si>
     <t>#70 Ronald Underwood - LDE</t>
   </si>
   <si>
     <t>#99 Todd Lowery - DT</t>
   </si>
   <si>
     <t>#90 Lester Henderson - RDE</t>
   </si>
   <si>
     <t>#98 Alan Cornett - SLB</t>
   </si>
   <si>
     <t>#55 Gerald Colman - MLB</t>
   </si>
   <si>
     <t>#53 Arthur Swanson - WLB</t>
   </si>
@@ -977,51 +977,51 @@
   <si>
     <t>13:39</t>
   </si>
   <si>
     <t>NYN 3</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>3-3-NYN 3 (13:38) 8-Brandon Cleaves pass Pass knocked down by 25-Felix Ramirez. incomplete, intended for 18-Jordan Hardaway.</t>
   </si>
   <si>
     <t>13:33</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-3-NYN 3 (13:34) 3-Bob Robbins 21 yard field goal is GOOD. NYN 0 IND 3</t>
   </si>
   <si>
-    <t>#18 Bob Robbins - K</t>
+    <t>#2 Bob Robbins - K</t>
   </si>
   <si>
     <t>#59 Gil Jones - C</t>
   </si>
   <si>
     <t>#60 Earl Garcia - LT</t>
   </si>
   <si>
     <t>13:31</t>
   </si>
   <si>
     <t>IND 35</t>
   </si>
   <si>
     <t>(13:32) 3-Bob Robbins kicks 70 yards from IND 35 to NYN -5. Touchback.</t>
   </si>
   <si>
     <t>NYN 25</t>
   </si>
   <si>
     <t>3-4 Normal Man QB Spy</t>
   </si>
   <si>
     <t>1-10-NYN 25 (13:32) 8-Jesse Delany pass complete to 35-Reginald Rose to NYN 24 for -1 yards. Tackle by 22-Vincenzo Matthews.</t>
   </si>
@@ -1091,51 +1091,51 @@
   <si>
     <t>2-10-IND 40 (9:31) 33-Andre Avis ran to IND 30 for 10 yards. Tackle by 27-George Epperson.</t>
   </si>
   <si>
     <t>8:53</t>
   </si>
   <si>
     <t>IND 30</t>
   </si>
   <si>
     <t>3-1-IND 30 (8:52) 35-Reginald Rose ran to IND 32 for -2 yards. Tackle by 71-Jeffrey Delacruz. IND 71-Jeffrey Delacruz was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>8:19</t>
   </si>
   <si>
     <t>4-2-IND 32 (8:18) 6-Raul Allegre 50 yard field goal is GOOD. NYN 3 IND 3</t>
   </si>
   <si>
     <t>#62 Jose Schmidt - LT</t>
   </si>
   <si>
     <t>#73 Jay Lucero - LT</t>
   </si>
   <si>
-    <t>#74 James Peel - RDE</t>
+    <t>#74 James Peel - LDE</t>
   </si>
   <si>
     <t>#79 Trinidad Thompson - RDE</t>
   </si>
   <si>
     <t>8:13</t>
   </si>
   <si>
     <t>(8:14) 6-Raul Allegre kicks 74 yards from NYN 35 to IND -9. Touchback.</t>
   </si>
   <si>
     <t>1-10-IND 25 (8:14) 33-Michael Acuna ran to IND 35 for 10 yards. Tackle by 27-Jerry Custard.</t>
   </si>
   <si>
     <t>7:36</t>
   </si>
   <si>
     <t>2-1-IND 35 (7:35) 33-Michael Acuna ran to IND 42 for 7 yards. Tackle by 38-Wesley Richardson.</t>
   </si>
   <si>
     <t>6:53</t>
   </si>
   <si>
     <t>IND 42</t>
   </si>