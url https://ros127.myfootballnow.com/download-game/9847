--- v0 (2025-10-18)
+++ v1 (2025-12-18)
@@ -353,51 +353,51 @@
   <si>
     <t>1-10-CHI 25 (15:00) 5-Seth Wallen pass Pass knocked down by 27-Ricardo Ward. incomplete, intended for 13-Tracy Haley.</t>
   </si>
   <si>
     <t>#5 Seth Wallen - QB</t>
   </si>
   <si>
     <t>#80 William Glass - TE</t>
   </si>
   <si>
     <t>#83 Donald Wertz - TE</t>
   </si>
   <si>
     <t>#19 Robert Jackson - WR</t>
   </si>
   <si>
     <t>#16 Tracy Haley - WR</t>
   </si>
   <si>
     <t>#50 Peter McSweeney - LT</t>
   </si>
   <si>
     <t>#60 Gary Johnson - LG</t>
   </si>
   <si>
-    <t>#67 Juan Davidson - C</t>
+    <t>#76 Juan Davidson - C</t>
   </si>
   <si>
     <t>#64 William Godfrey - RG</t>
   </si>
   <si>
     <t>#51 Robert Davis - RT</t>
   </si>
   <si>
     <t>#76 Brooks Michaud - LDE</t>
   </si>
   <si>
     <t>#55 Keith Hudgens - DT</t>
   </si>
   <si>
     <t>#95 Robert Stone - DT</t>
   </si>
   <si>
     <t>#67 Kyle Ladouceur - RDE</t>
   </si>
   <si>
     <t>#94 Jim Vazquez - SLB</t>
   </si>
   <si>
     <t>#51 Bernard Shiver - MLB</t>
   </si>
@@ -494,51 +494,51 @@
   <si>
     <t>3-11-CHI 37 (12:54) 5-Seth Wallen pass complete to 19-Robert Jackson to CHI 45 for 8 yards. Tackle by 30-Gary Velasquez.</t>
   </si>
   <si>
     <t>#20 Will Washington - RB</t>
   </si>
   <si>
     <t>12:14</t>
   </si>
   <si>
     <t>CHI 45</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-2-CHI 45 (12:13) 9-Graig Stone punts 52 yards to NED 3.</t>
   </si>
   <si>
     <t>#2 Graig Stone - P</t>
   </si>
   <si>
-    <t>#36 Eugene Fortner - RB</t>
+    <t>#37 Eugene Fortner - RB</t>
   </si>
   <si>
     <t>#23 Mack Garrison - SS</t>
   </si>
   <si>
     <t>#79 Travis Farrow - RT</t>
   </si>
   <si>
     <t>#62 Robert Scott - RG</t>
   </si>
   <si>
     <t>#69 Brian Morelli - C</t>
   </si>
   <si>
     <t>#54 William Dotson - MLB</t>
   </si>
   <si>
     <t>12:02</t>
   </si>
   <si>
     <t>NED 3</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
@@ -563,51 +563,51 @@
   <si>
     <t>#87 Ronald Patton - WR</t>
   </si>
   <si>
     <t>#68 Thomas Gates - LT</t>
   </si>
   <si>
     <t>#64 Arthur Glenn - LG</t>
   </si>
   <si>
     <t>#60 Christopher Jones - C</t>
   </si>
   <si>
     <t>#59 Grant Gallegos - RG</t>
   </si>
   <si>
     <t>#75 Jack Carnegie - RT</t>
   </si>
   <si>
     <t>#74 Wayne Whitner - DT</t>
   </si>
   <si>
     <t>#68 Larry Burton - DT</t>
   </si>
   <si>
-    <t>#95 Mario Jones - RDE</t>
+    <t>#70 Mario Jones - LDE</t>
   </si>
   <si>
     <t>#46 Jason Rose - CB</t>
   </si>
   <si>
     <t>#32 Bobby Turner - CB</t>
   </si>
   <si>
     <t>#41 Mario Maxwell - FS</t>
   </si>
   <si>
     <t>11:59</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-10-NED 3 (12:00) 44-Justin Lehman ran to NED 5 for 2 yards. Tackle by 34-Jason Rose.</t>
   </si>
   <si>
     <t>#35 Kenneth Brown - FB</t>
   </si>