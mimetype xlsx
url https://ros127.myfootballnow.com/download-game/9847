--- v1 (2025-12-18)
+++ v2 (2026-03-18)
@@ -347,51 +347,51 @@
   <si>
     <t>Singleback Big Ins and Outs</t>
   </si>
   <si>
     <t>4-3 Normal Double WR2</t>
   </si>
   <si>
     <t>1-10-CHI 25 (15:00) 5-Seth Wallen pass Pass knocked down by 27-Ricardo Ward. incomplete, intended for 13-Tracy Haley.</t>
   </si>
   <si>
     <t>#5 Seth Wallen - QB</t>
   </si>
   <si>
     <t>#80 William Glass - TE</t>
   </si>
   <si>
     <t>#83 Donald Wertz - TE</t>
   </si>
   <si>
     <t>#19 Robert Jackson - WR</t>
   </si>
   <si>
     <t>#16 Tracy Haley - WR</t>
   </si>
   <si>
-    <t>#50 Peter McSweeney - LT</t>
+    <t>#78 Peter McSweeney - LT</t>
   </si>
   <si>
     <t>#60 Gary Johnson - LG</t>
   </si>
   <si>
     <t>#76 Juan Davidson - C</t>
   </si>
   <si>
     <t>#64 William Godfrey - RG</t>
   </si>
   <si>
     <t>#51 Robert Davis - RT</t>
   </si>
   <si>
     <t>#76 Brooks Michaud - LDE</t>
   </si>
   <si>
     <t>#55 Keith Hudgens - DT</t>
   </si>
   <si>
     <t>#95 Robert Stone - DT</t>
   </si>
   <si>
     <t>#67 Kyle Ladouceur - RDE</t>
   </si>
@@ -560,51 +560,51 @@
   <si>
     <t>#20 Clarence Carlton - WR</t>
   </si>
   <si>
     <t>#87 Ronald Patton - WR</t>
   </si>
   <si>
     <t>#68 Thomas Gates - LT</t>
   </si>
   <si>
     <t>#64 Arthur Glenn - LG</t>
   </si>
   <si>
     <t>#60 Christopher Jones - C</t>
   </si>
   <si>
     <t>#59 Grant Gallegos - RG</t>
   </si>
   <si>
     <t>#75 Jack Carnegie - RT</t>
   </si>
   <si>
     <t>#74 Wayne Whitner - DT</t>
   </si>
   <si>
-    <t>#68 Larry Burton - DT</t>
+    <t>#57 Larry Burton - DT</t>
   </si>
   <si>
     <t>#70 Mario Jones - LDE</t>
   </si>
   <si>
     <t>#46 Jason Rose - CB</t>
   </si>
   <si>
     <t>#32 Bobby Turner - CB</t>
   </si>
   <si>
     <t>#41 Mario Maxwell - FS</t>
   </si>
   <si>
     <t>11:59</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-10-NED 3 (12:00) 44-Justin Lehman ran to NED 5 for 2 yards. Tackle by 34-Jason Rose.</t>
   </si>
@@ -626,51 +626,51 @@
   <si>
     <t>11:23</t>
   </si>
   <si>
     <t>NED 5</t>
   </si>
   <si>
     <t>Shotgun Normal Double Outs</t>
   </si>
   <si>
     <t>3-8-NED 5 (11:22) 8-Robert Morse pass complete to 20-Clarence Carlton to NED 7 for 2 yards. Tackle by 37-Christopher Shields.</t>
   </si>
   <si>
     <t>10:45</t>
   </si>
   <si>
     <t>NED 7</t>
   </si>
   <si>
     <t>4-7-NED 7 (10:44) 16-Bennie Peters punts 52 yards to CHI 42. 24-Truman Dixon to CHI 43 for 1 yards. Tackle by 91-Jim Vazquez.</t>
   </si>
   <si>
     <t>#16 Bennie Peters - P</t>
   </si>
   <si>
-    <t>#53 Oscar Osborne - RT</t>
+    <t>#63 Oscar Osborne - RT</t>
   </si>
   <si>
     <t>#66 Paul Karlin - LG</t>
   </si>
   <si>
     <t>10:36</t>
   </si>
   <si>
     <t>CHI 43</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-CHI 43 (10:37) 24-Truman Dixon ran to CHI 42 for a short loss. Tackle by 65-Hector Savage. NED 58-David Perryman was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#72 Henry Brown - LDE</t>
   </si>
   <si>
     <t>#65 Hector Savage - DT</t>
   </si>
@@ -1850,51 +1850,51 @@
   <si>
     <t>3-2-CHI 49 (1:01) 5-Seth Wallen pass Pass knocked down by 30-Gary Velasquez. incomplete, intended for 17-Victor Brizendine.</t>
   </si>
   <si>
     <t>0:57</t>
   </si>
   <si>
     <t>4-2-CHI 49 (0:58) 9-Graig Stone punts 39 yards to NED 12.</t>
   </si>
   <si>
     <t>0:48</t>
   </si>
   <si>
     <t>NED 12</t>
   </si>
   <si>
     <t>1-10-NED 12 (0:49) 8-Robert Morse pass complete to 87-Ronald Patton to CHI 34 for 54 yards. Tackle by 32-Bobby Turner.</t>
   </si>
   <si>
     <t>0:17</t>
   </si>
   <si>
     <t>1-10-CHI 34 (0:16) 8-Robert Morse pass complete to 44-Justin Lehman to CHI 29 for 5 yards. Tackle by 98-Darryl Page. 44-Justin Lehman made a great move on the CB.</t>
   </si>
   <si>
-    <t>#99 Michael Williams - MLB</t>
+    <t>#94 Michael Williams - MLB</t>
   </si>
   <si>
     <t>0:12</t>
   </si>
   <si>
     <t>2-5-CHI 29 (0:02) 10-George Blakely 47 yard field goal is GOOD. NED 13 CHI 10</t>
   </si>
   <si>
     <t>End of fourth quarter.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>