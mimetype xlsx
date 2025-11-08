--- v0 (2025-10-15)
+++ v1 (2025-11-08)
@@ -518,57 +518,57 @@
   <si>
     <t>#37 Jerry Berube - RB</t>
   </si>
   <si>
     <t>#11 Walter Salvatore - WR</t>
   </si>
   <si>
     <t>#13 John Myers - WR</t>
   </si>
   <si>
     <t>#89 Randy Heller - WR</t>
   </si>
   <si>
     <t>#65 Colin Burnham - LT</t>
   </si>
   <si>
     <t>#68 John Richard - LG</t>
   </si>
   <si>
     <t>#66 Adam Basham - C</t>
   </si>
   <si>
     <t>#63 James Brown - RG</t>
   </si>
   <si>
-    <t>#73 Howard Chaffins - RT</t>
+    <t>#73 Howard Chaffins - LT</t>
   </si>
   <si>
     <t>#96 Kelly Harper - DT</t>
   </si>
   <si>
-    <t>#43 Mark Marino - MLB</t>
+    <t>#99 Mark Marino - MLB</t>
   </si>
   <si>
     <t>#2 Willis Ramos - FS</t>
   </si>
   <si>
     <t>#32 Barrett Morelock - SS</t>
   </si>
   <si>
     <t>12:54</t>
   </si>
   <si>
     <t>GBY 49</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>2-4-GBY 49 (12:53) 4-Anthony Carrillo pass complete to 89-Joseph Singh to GBY 39 for 9 yards. Tackle by 35-David Burton.</t>
   </si>
   <si>
     <t>#89 Joseph Singh - TE</t>
   </si>
   <si>
     <t>12:09</t>
   </si>