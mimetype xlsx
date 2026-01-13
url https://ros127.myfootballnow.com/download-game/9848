--- v1 (2025-11-08)
+++ v2 (2026-01-13)
@@ -296,63 +296,63 @@
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 3-Jack Manners kicks 73 yards from BUF 35 to GBY -8. Touchback.</t>
   </si>
   <si>
     <t>#9 Donald Beasley - WR</t>
   </si>
   <si>
     <t>#46 Bruno Frisby - MLB</t>
   </si>
   <si>
     <t>#54 Ron Young - WLB</t>
   </si>
   <si>
     <t>#4 Wallace Pratt - CB</t>
   </si>
   <si>
     <t>#59 Raymond Ramirez - MLB</t>
   </si>
   <si>
-    <t>#20 James Kotter - CB</t>
+    <t>#27 James Kotter - CB</t>
   </si>
   <si>
     <t>#37 Harold Petersen - SS</t>
   </si>
   <si>
     <t>#47 David Burton - FS</t>
   </si>
   <si>
     <t>#79 Grant Gravel - DT</t>
   </si>
   <si>
-    <t>#77 Kevin Williams - LDE</t>
+    <t>#91 Kevin Williams - DT</t>
   </si>
   <si>
     <t>#78 Harold Starks - RDE</t>
   </si>
   <si>
     <t>#4 Jack Manners - K</t>
   </si>
   <si>
     <t>GBY</t>
   </si>
   <si>
     <t>GBY 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-GBY 25 (15:00) 34-Edward Malec ran to GBY 28 for 3 yards. Tackle by 54-Justin Ortiz. BUF 99-Kyle Tyrell was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#11 Markus Morgan - QB</t>
   </si>
@@ -371,51 +371,51 @@
   <si>
     <t>#89 Michael Moore - TE</t>
   </si>
   <si>
     <t>#66 Maurice Padgett - LT</t>
   </si>
   <si>
     <t>#63 Mark Walker - LG</t>
   </si>
   <si>
     <t>#77 Cruz Martinez - C</t>
   </si>
   <si>
     <t>#72 Carlos McLean - RG</t>
   </si>
   <si>
     <t>#50 John Chartier - RG</t>
   </si>
   <si>
     <t>#77 Robert McLain - LDE</t>
   </si>
   <si>
     <t>#72 Paul Tabor - LDE</t>
   </si>
   <si>
-    <t>#66 Nathaniel Allen - DT</t>
+    <t>#76 Nathaniel Allen - DT</t>
   </si>
   <si>
     <t>#64 Kyle Tyrell - DT</t>
   </si>
   <si>
     <t>#91 Bobby Johnson - RDE</t>
   </si>
   <si>
     <t>#52 Ruben Brown - WLB</t>
   </si>
   <si>
     <t>#90 Mitchell Hooker - MLB</t>
   </si>
   <si>
     <t>#54 Justin Ortiz - WLB</t>
   </si>
   <si>
     <t>#30 Carlos Martin - CB</t>
   </si>
   <si>
     <t>#29 Michael Turner - CB</t>
   </si>
   <si>
     <t>#22 Thomas Sullivan - SS</t>
   </si>
@@ -488,87 +488,87 @@
   <si>
     <t>#65 Nelson Long - C</t>
   </si>
   <si>
     <t>#78 Billy Hunt - LT</t>
   </si>
   <si>
     <t>#73 William Willis - RG</t>
   </si>
   <si>
     <t>13:27</t>
   </si>
   <si>
     <t>BUF 45</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>Nickel Strong CB3 Blitz Zone</t>
   </si>
   <si>
     <t>1-10-BUF 45 (13:28) 4-Anthony Carrillo pass complete to 11-Walter Salvatore to GBY 49 for 6 yards. Tackle by 20-James Kotter.</t>
   </si>
   <si>
-    <t>#16 Anthony Carrillo - QB</t>
+    <t>#4 Anthony Carrillo - QB</t>
   </si>
   <si>
     <t>#20 Jon Hill - RB</t>
   </si>
   <si>
     <t>#37 Jerry Berube - RB</t>
   </si>
   <si>
     <t>#11 Walter Salvatore - WR</t>
   </si>
   <si>
     <t>#13 John Myers - WR</t>
   </si>
   <si>
     <t>#89 Randy Heller - WR</t>
   </si>
   <si>
     <t>#65 Colin Burnham - LT</t>
   </si>
   <si>
     <t>#68 John Richard - LG</t>
   </si>
   <si>
     <t>#66 Adam Basham - C</t>
   </si>
   <si>
     <t>#63 James Brown - RG</t>
   </si>
   <si>
-    <t>#73 Howard Chaffins - LT</t>
+    <t>#60 Howard Chaffins - RT</t>
   </si>
   <si>
     <t>#96 Kelly Harper - DT</t>
   </si>
   <si>
-    <t>#99 Mark Marino - MLB</t>
+    <t>#45 Mark Marino - WLB</t>
   </si>
   <si>
     <t>#2 Willis Ramos - FS</t>
   </si>
   <si>
     <t>#32 Barrett Morelock - SS</t>
   </si>
   <si>
     <t>12:54</t>
   </si>
   <si>
     <t>GBY 49</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>2-4-GBY 49 (12:53) 4-Anthony Carrillo pass complete to 89-Joseph Singh to GBY 39 for 9 yards. Tackle by 35-David Burton.</t>
   </si>
   <si>
     <t>#89 Joseph Singh - TE</t>
   </si>
   <si>
     <t>12:09</t>
   </si>
@@ -602,51 +602,51 @@
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>2-8-GBY 38 (11:28) 20-Jon Hill ran to GBY 11 for 26 yards. Tackle by 35-David Burton.</t>
   </si>
   <si>
     <t>#64 Bill Lagrone - RG</t>
   </si>
   <si>
     <t>10:52</t>
   </si>
   <si>
     <t>GBY 11</t>
   </si>
   <si>
     <t>1-10-GBY 11 (10:51) 37-Jerry Berube ran to GBY 7 for 5 yards. Tackle by 45-Harold Petersen.</t>
   </si>
   <si>
     <t>#49 Frank Hernandez - TE</t>
   </si>
   <si>
     <t>#87 Ervin Nicholson - TE</t>
   </si>
   <si>
-    <t>#72 Gerald Smith - DT</t>
+    <t>#98 Gerald Smith - DT</t>
   </si>
   <si>
     <t>10:18</t>
   </si>
   <si>
     <t>GBY 7</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>2-5-GBY 7 (10:17) 37-Jerry Berube ran to GBY 9 for -2 yards. Tackle by 20-James Kotter.</t>
   </si>
   <si>
     <t>9:39</t>
   </si>
   <si>
     <t>GBY 9</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
@@ -2146,112 +2146,112 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD152"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="340.774" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="35" max="35" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="48" max="48" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="48" max="48" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>