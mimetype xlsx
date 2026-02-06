--- v2 (2026-01-13)
+++ v3 (2026-02-06)
@@ -344,102 +344,102 @@
   <si>
     <t>GBY 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-GBY 25 (15:00) 34-Edward Malec ran to GBY 28 for 3 yards. Tackle by 54-Justin Ortiz. BUF 99-Kyle Tyrell was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#11 Markus Morgan - QB</t>
   </si>
   <si>
     <t>#29 Edward Malec - RB</t>
   </si>
   <si>
     <t>#48 Max Grant - FB</t>
   </si>
   <si>
     <t>#23 Ralph Grimes - FB</t>
   </si>
   <si>
-    <t>#88 Joseph Wright - TE</t>
-[...2 lines deleted...]
-    <t>#89 Michael Moore - TE</t>
+    <t>#34 Joseph Wright - FB</t>
+  </si>
+  <si>
+    <t>#85 Michael Moore - TE</t>
   </si>
   <si>
     <t>#66 Maurice Padgett - LT</t>
   </si>
   <si>
     <t>#63 Mark Walker - LG</t>
   </si>
   <si>
     <t>#77 Cruz Martinez - C</t>
   </si>
   <si>
     <t>#72 Carlos McLean - RG</t>
   </si>
   <si>
     <t>#50 John Chartier - RG</t>
   </si>
   <si>
     <t>#77 Robert McLain - LDE</t>
   </si>
   <si>
     <t>#72 Paul Tabor - LDE</t>
   </si>
   <si>
     <t>#76 Nathaniel Allen - DT</t>
   </si>
   <si>
     <t>#64 Kyle Tyrell - DT</t>
   </si>
   <si>
     <t>#91 Bobby Johnson - RDE</t>
   </si>
   <si>
     <t>#52 Ruben Brown - WLB</t>
   </si>
   <si>
     <t>#90 Mitchell Hooker - MLB</t>
   </si>
   <si>
-    <t>#54 Justin Ortiz - WLB</t>
+    <t>#55 Justin Ortiz - WLB</t>
   </si>
   <si>
     <t>#30 Carlos Martin - CB</t>
   </si>
   <si>
     <t>#29 Michael Turner - CB</t>
   </si>
   <si>
-    <t>#22 Thomas Sullivan - SS</t>
+    <t>#22 Thomas Sullivan - FS</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>GBY 28</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-7-GBY 28 (14:21) 11-Markus Morgan pass Pass knocked down by 47-Michael Turner. incomplete, intended for 87-Joseph Wright.</t>
   </si>
   <si>
     <t>#55 Charles Mack - MLB</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
@@ -518,51 +518,51 @@
   <si>
     <t>#37 Jerry Berube - RB</t>
   </si>
   <si>
     <t>#11 Walter Salvatore - WR</t>
   </si>
   <si>
     <t>#13 John Myers - WR</t>
   </si>
   <si>
     <t>#89 Randy Heller - WR</t>
   </si>
   <si>
     <t>#65 Colin Burnham - LT</t>
   </si>
   <si>
     <t>#68 John Richard - LG</t>
   </si>
   <si>
     <t>#66 Adam Basham - C</t>
   </si>
   <si>
     <t>#63 James Brown - RG</t>
   </si>
   <si>
-    <t>#60 Howard Chaffins - RT</t>
+    <t>#60 Howard Chaffins - LG</t>
   </si>
   <si>
     <t>#96 Kelly Harper - DT</t>
   </si>
   <si>
     <t>#45 Mark Marino - WLB</t>
   </si>
   <si>
     <t>#2 Willis Ramos - FS</t>
   </si>
   <si>
     <t>#32 Barrett Morelock - SS</t>
   </si>
   <si>
     <t>12:54</t>
   </si>
   <si>
     <t>GBY 49</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>2-4-GBY 49 (12:53) 4-Anthony Carrillo pass complete to 89-Joseph Singh to GBY 39 for 9 yards. Tackle by 35-David Burton.</t>
   </si>
@@ -647,51 +647,51 @@
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>3-7-GBY 9 (9:38) 20-Jon Hill ran for 9 yards. TOUCHDOWN! BUF 6 GBY 0</t>
   </si>
   <si>
     <t>9:34</t>
   </si>
   <si>
     <t>GBY 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(9:35) Extra point GOOD by 3-Jack Manners. BUF 7 GBY 0</t>
   </si>
   <si>
-    <t>#69 James Spencer - C</t>
+    <t>#57 James Spencer - C</t>
   </si>
   <si>
     <t>#67 Justin Berry - LT</t>
   </si>
   <si>
     <t>#72 Aubrey Owen - DT</t>
   </si>
   <si>
     <t>(9:35) 3-Jack Manners kicks 67 yards from BUF 35 to GBY -2. 19-Donald Beasley to GBY 26 for 29 yards. Tackle by 92-Robert Finley. BUF 77-Robert McLain was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>9:28</t>
   </si>
   <si>
     <t>GBY 26</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Slot Post</t>
   </si>
   <si>
     <t>1-10-GBY 26 (9:29) 11-Markus Morgan pass complete to 31-Marcel Moore to GBY 47 for 21 yards.</t>
   </si>
   <si>
     <t>#83 Marcel Moore - WR</t>
   </si>
@@ -1088,51 +1088,51 @@
   <si>
     <t>6:39</t>
   </si>
   <si>
     <t>GBY 48</t>
   </si>
   <si>
     <t>2-11-GBY 48 (6:38) 11-Markus Morgan pass complete to 19-Donald Beasley to BUF 37 for 15 yards. Tackle by 36-Rudy Rose.</t>
   </si>
   <si>
     <t>6:00</t>
   </si>
   <si>
     <t>1-10-BUF 37 (5:59) 11-Markus Morgan pass complete to 87-Joseph Wright to BUF 25 for 12 yards. Tackle by 47-Michael Turner. 87-Joseph Wright did some fancy footwork there. Pressure by 75-Bobby Johnson. BUF 54-Justin Ortiz was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:14</t>
   </si>
   <si>
     <t>BUF 25</t>
   </si>
   <si>
     <t>1-10-BUF 25 (5:13) 11-Markus Morgan pass complete to 34-Edward Malec to BUF 14 for 11 yards. Tackle by 90-Mitchell Hooker.</t>
   </si>
   <si>
-    <t>#58 James Grunwald - DT</t>
+    <t>#77 James Grunwald - DT</t>
   </si>
   <si>
     <t>4:38</t>
   </si>
   <si>
     <t>BUF 14</t>
   </si>
   <si>
     <t>1-10-BUF 14 (4:37) 11-Markus Morgan pass complete to 17-Thomas Ness to BUF 1 for 14 yards. Tackle by 52-Ruben Brown. GBY 38-Ralph Grimes was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>3:50</t>
   </si>
   <si>
     <t>BUF 1</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>1-1-BUF 1 (3:49) 11-Markus Morgan pass complete to 31-Marcel Moore for 1 yards. TOUCHDOWN! BUF 96-Nathaniel Allen was injured on the play. He looks like he should be able to return. BUF 7 GBY 9</t>
   </si>
   <si>
     <t>BUF 15</t>
   </si>
@@ -1205,51 +1205,51 @@
   <si>
     <t>1:51</t>
   </si>
   <si>
     <t>2-10-GBY 50 (1:52) 4-Anthony Carrillo sacked at BUF 43 for -7 yards (77-Kevin Williams). Sack allowed by 65-Colin Burnham.</t>
   </si>
   <si>
     <t>1:29</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FB In</t>
   </si>
   <si>
     <t>3-17-BUF 43 (1:28) 4-Anthony Carrillo pass complete to 46-Walter Castro to BUF 46 for 3 yards. Tackle by 22-Wallace Pratt.</t>
   </si>
   <si>
     <t>0:54</t>
   </si>
   <si>
     <t>BUF 46</t>
   </si>
   <si>
     <t>4-14-BUF 46 (0:53) 15-Sylvester James punts 44 yards to GBY 10. Fair Catch by 19-Donald Beasley.</t>
   </si>
   <si>
-    <t>#15 Sylvester James - P</t>
+    <t>#6 Sylvester James - P</t>
   </si>
   <si>
     <t>0:46</t>
   </si>
   <si>
     <t>GBY 10</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Strong</t>
   </si>
   <si>
     <t>1-10-GBY 10 (0:47) 34-Edward Malec ran to GBY 14 for 4 yards. Tackle by 52-Ruben Brown.</t>
   </si>
   <si>
     <t>0:06</t>
   </si>
   <si>
     <t>GBY 14</t>
   </si>
   <si>
     <t>4-3 Under Strong Blitz Outside</t>
   </si>
   <si>
     <t>2-6-GBY 14 (0:05) 34-Edward Malec ran to GBY 24 for 10 yards. Tackle by 22-Thomas Sullivan.</t>
   </si>
@@ -1388,51 +1388,51 @@
   <si>
     <t>6:15</t>
   </si>
   <si>
     <t>BUF 4</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>2-1-BUF 4 (6:14) 11-Markus Morgan pass complete to 34-Edward Malec to BUF 6 for -1 yards. Tackle by 29-Harold Estrada. PENALTY - Holding (GBY 68-John Chartier)</t>
   </si>
   <si>
     <t>#23 Neal Beam - CB</t>
   </si>
   <si>
     <t>6:09</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>2-10-BUF 14 (6:10) 34-Edward Malec ran to BUF 7 for 7 yards. Tackle by 36-Rudy Rose.</t>
   </si>
   <si>
-    <t>#87 Aaron Washington - TE</t>
+    <t>#81 Aaron Washington - TE</t>
   </si>
   <si>
     <t>5:37</t>
   </si>
   <si>
     <t>BUF 7</t>
   </si>
   <si>
     <t>3-3-BUF 7 (5:36) 31-Marcel Moore ran to BUF 4 for 3 yards. Tackle by 54-Justin Ortiz.</t>
   </si>
   <si>
     <t>5:01</t>
   </si>
   <si>
     <t>1-4-BUF 4 (5:00) 34-Edward Malec ran to BUF 6 for -1 yards. Tackle by 30-Carlos Martin.</t>
   </si>
   <si>
     <t>4:19</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>2-6-BUF 6 (4:18) 34-Edward Malec ran for 6 yards. TOUCHDOWN! BUF 7 GBY 15</t>
   </si>