--- v3 (2026-02-06)
+++ v4 (2026-03-15)
@@ -344,102 +344,102 @@
   <si>
     <t>GBY 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
   <si>
     <t>1-10-GBY 25 (15:00) 34-Edward Malec ran to GBY 28 for 3 yards. Tackle by 54-Justin Ortiz. BUF 99-Kyle Tyrell was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#11 Markus Morgan - QB</t>
   </si>
   <si>
     <t>#29 Edward Malec - RB</t>
   </si>
   <si>
     <t>#48 Max Grant - FB</t>
   </si>
   <si>
     <t>#23 Ralph Grimes - FB</t>
   </si>
   <si>
-    <t>#34 Joseph Wright - FB</t>
+    <t>#82 Joseph Wright - TE</t>
   </si>
   <si>
     <t>#85 Michael Moore - TE</t>
   </si>
   <si>
     <t>#66 Maurice Padgett - LT</t>
   </si>
   <si>
     <t>#63 Mark Walker - LG</t>
   </si>
   <si>
     <t>#77 Cruz Martinez - C</t>
   </si>
   <si>
     <t>#72 Carlos McLean - RG</t>
   </si>
   <si>
     <t>#50 John Chartier - RG</t>
   </si>
   <si>
     <t>#77 Robert McLain - LDE</t>
   </si>
   <si>
     <t>#72 Paul Tabor - LDE</t>
   </si>
   <si>
     <t>#76 Nathaniel Allen - DT</t>
   </si>
   <si>
     <t>#64 Kyle Tyrell - DT</t>
   </si>
   <si>
     <t>#91 Bobby Johnson - RDE</t>
   </si>
   <si>
     <t>#52 Ruben Brown - WLB</t>
   </si>
   <si>
     <t>#90 Mitchell Hooker - MLB</t>
   </si>
   <si>
     <t>#55 Justin Ortiz - WLB</t>
   </si>
   <si>
     <t>#30 Carlos Martin - CB</t>
   </si>
   <si>
     <t>#29 Michael Turner - CB</t>
   </si>
   <si>
-    <t>#22 Thomas Sullivan - FS</t>
+    <t>#21 Thomas Sullivan - FS</t>
   </si>
   <si>
     <t>14:22</t>
   </si>
   <si>
     <t>GBY 28</t>
   </si>
   <si>
     <t>I Formation Power Play Action HB Downfield</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-7-GBY 28 (14:21) 11-Markus Morgan pass Pass knocked down by 47-Michael Turner. incomplete, intended for 87-Joseph Wright.</t>
   </si>
   <si>
     <t>#55 Charles Mack - MLB</t>
   </si>
   <si>
     <t>14:17</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
@@ -521,51 +521,51 @@
   <si>
     <t>#11 Walter Salvatore - WR</t>
   </si>
   <si>
     <t>#13 John Myers - WR</t>
   </si>
   <si>
     <t>#89 Randy Heller - WR</t>
   </si>
   <si>
     <t>#65 Colin Burnham - LT</t>
   </si>
   <si>
     <t>#68 John Richard - LG</t>
   </si>
   <si>
     <t>#66 Adam Basham - C</t>
   </si>
   <si>
     <t>#63 James Brown - RG</t>
   </si>
   <si>
     <t>#60 Howard Chaffins - LG</t>
   </si>
   <si>
-    <t>#96 Kelly Harper - DT</t>
+    <t>#78 Kelly Harper - DT</t>
   </si>
   <si>
     <t>#45 Mark Marino - WLB</t>
   </si>
   <si>
     <t>#2 Willis Ramos - FS</t>
   </si>
   <si>
     <t>#32 Barrett Morelock - SS</t>
   </si>
   <si>
     <t>12:54</t>
   </si>
   <si>
     <t>GBY 49</t>
   </si>
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>2-4-GBY 49 (12:53) 4-Anthony Carrillo pass complete to 89-Joseph Singh to GBY 39 for 9 yards. Tackle by 35-David Burton.</t>
   </si>
   <si>
     <t>#89 Joseph Singh - TE</t>
   </si>
@@ -1388,51 +1388,51 @@
   <si>
     <t>6:15</t>
   </si>
   <si>
     <t>BUF 4</t>
   </si>
   <si>
     <t>Weak I Normal Skinny Posts</t>
   </si>
   <si>
     <t>2-1-BUF 4 (6:14) 11-Markus Morgan pass complete to 34-Edward Malec to BUF 6 for -1 yards. Tackle by 29-Harold Estrada. PENALTY - Holding (GBY 68-John Chartier)</t>
   </si>
   <si>
     <t>#23 Neal Beam - CB</t>
   </si>
   <si>
     <t>6:09</t>
   </si>
   <si>
     <t>Goal Line Normal HB Dive</t>
   </si>
   <si>
     <t>2-10-BUF 14 (6:10) 34-Edward Malec ran to BUF 7 for 7 yards. Tackle by 36-Rudy Rose.</t>
   </si>
   <si>
-    <t>#81 Aaron Washington - TE</t>
+    <t>#89 Aaron Washington - TE</t>
   </si>
   <si>
     <t>5:37</t>
   </si>
   <si>
     <t>BUF 7</t>
   </si>
   <si>
     <t>3-3-BUF 7 (5:36) 31-Marcel Moore ran to BUF 4 for 3 yards. Tackle by 54-Justin Ortiz.</t>
   </si>
   <si>
     <t>5:01</t>
   </si>
   <si>
     <t>1-4-BUF 4 (5:00) 34-Edward Malec ran to BUF 6 for -1 yards. Tackle by 30-Carlos Martin.</t>
   </si>
   <si>
     <t>4:19</t>
   </si>
   <si>
     <t>Nickel Normal Double WR2</t>
   </si>
   <si>
     <t>2-6-BUF 6 (4:18) 34-Edward Malec ran for 6 yards. TOUCHDOWN! BUF 7 GBY 15</t>
   </si>