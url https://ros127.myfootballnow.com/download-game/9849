--- v0 (2025-10-17)
+++ v1 (2025-11-18)
@@ -353,51 +353,51 @@
   <si>
     <t>1-10-NYA 25 (15:00) 14-Kenneth Reidy pass complete to 84-David Morrison to NYA 47 for 22 yards. Tackle by 29-Roy Nguyen.</t>
   </si>
   <si>
     <t>#9 Kenneth Reidy - QB</t>
   </si>
   <si>
     <t>#28 Robert Knorr - RB</t>
   </si>
   <si>
     <t>#31 Dennis Wren - FB</t>
   </si>
   <si>
     <t>#85 Matthew Nobles - TE</t>
   </si>
   <si>
     <t>#12 Craig Roberts - WR</t>
   </si>
   <si>
     <t>#83 David Morrison - WR</t>
   </si>
   <si>
     <t>#71 Harvey Sanabria - C</t>
   </si>
   <si>
-    <t>#71 Ramon Bueno - LG</t>
+    <t>#53 Ramon Bueno - LG</t>
   </si>
   <si>
     <t>#71 Noble Hill - C</t>
   </si>
   <si>
     <t>#68 Eric Fielder - LG</t>
   </si>
   <si>
     <t>#52 Donald Schoonover - RT</t>
   </si>
   <si>
     <t>#52 Bruce Young - LDE</t>
   </si>
   <si>
     <t>#69 Gerald Fleming - DT</t>
   </si>
   <si>
     <t>#60 Stephen Swofford - DT</t>
   </si>
   <si>
     <t>#51 John Hatley - RDE</t>
   </si>
   <si>
     <t>#96 Alfred Jenkins - SLB</t>
   </si>
@@ -479,51 +479,51 @@
   <si>
     <t>11:46</t>
   </si>
   <si>
     <t>LAA 23</t>
   </si>
   <si>
     <t>1-10-LAA 23 (11:45) 28-Robert Knorr ran to LAA 18 for 6 yards. Tackle by 59-Alfred Jenkins.</t>
   </si>
   <si>
     <t>#76 Alfonso Mullins - RG</t>
   </si>
   <si>
     <t>11:10</t>
   </si>
   <si>
     <t>LAA 18</t>
   </si>
   <si>
     <t>I Formation Normal HB Toss Strong</t>
   </si>
   <si>
     <t>2-4-LAA 18 (11:09) 20-Carlos Townsend ran to LAA 17 for a short gain. Tackle by 96-Tracy May. PENALTY - Facemask (LAA 96-Tracy May)</t>
   </si>
   <si>
-    <t>#46 Carlos Townsend - RB</t>
+    <t>#46 Carlos Townsend - WR</t>
   </si>
   <si>
     <t>11:05</t>
   </si>
   <si>
     <t>LAA 9</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>1-9-LAA 9 (11:06) 14-Kenneth Reidy ran to LAA 3 for 6 yards. Tackle by 24-Andres Garmon.</t>
   </si>
   <si>
     <t>10:26</t>
   </si>
   <si>
     <t>LAA 3</t>
   </si>
   <si>
     <t>2-3-LAA 3 (10:25) 20-Carlos Townsend ran for 3 yards. TOUCHDOWN! LAA 0 NYA 6</t>
   </si>
   <si>
     <t>#8 Allen Edwards - WR</t>
   </si>
@@ -623,57 +623,57 @@
   <si>
     <t>#68 Miles Singleton - LT</t>
   </si>
   <si>
     <t>#81 Christopher Baker - TE</t>
   </si>
   <si>
     <t>#59 Jorge Kurt - RG</t>
   </si>
   <si>
     <t>#65 Jason Reed - RT</t>
   </si>
   <si>
     <t>#96 Kevin Long - LDE</t>
   </si>
   <si>
     <t>#90 Charles Moss - DT</t>
   </si>
   <si>
     <t>#75 John Clark - RDE</t>
   </si>
   <si>
     <t>#79 Alexander Williams - LDE</t>
   </si>
   <si>
-    <t>#92 Michael Hughes - MLB</t>
+    <t>#99 Michael Hughes - SLB</t>
   </si>
   <si>
     <t>#49 Edward Tucker - CB</t>
   </si>
   <si>
-    <t>#40 Dennis Fleury - CB</t>
+    <t>#20 Dennis Fleury - CB</t>
   </si>
   <si>
     <t>9:50</t>
   </si>
   <si>
     <t>LAA 26</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>2-9-LAA 26 (9:49) 15-Robert Oram pass complete to 14-Daniel White to LAA 28 for 3 yards. Tackle by 27-Edward Tucker. Great move by 14-Daniel White to get free of his coverage.</t>
   </si>
   <si>
     <t>#45 Marshall Ramos - FB</t>
   </si>
   <si>
     <t>9:11</t>
   </si>
   <si>
     <t>LAA 28</t>
   </si>