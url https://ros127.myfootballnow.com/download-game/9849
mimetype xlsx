--- v1 (2025-11-18)
+++ v2 (2026-01-16)
@@ -299,51 +299,51 @@
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 6-Odell Burnham kicks 74 yards from LAA 35 to NYA -9. Touchback.</t>
   </si>
   <si>
     <t>#26 Charles Browning - RB</t>
   </si>
   <si>
     <t>#53 Philip Lucas - WLB</t>
   </si>
   <si>
     <t>#50 Larry Gray - MLB</t>
   </si>
   <si>
     <t>#34 Corey Strozier - FS</t>
   </si>
   <si>
     <t>#49 Herbert Gardner - CB</t>
   </si>
   <si>
     <t>#58 Darryl Smith - WLB</t>
   </si>
   <si>
-    <t>#28 Claude Moffitt - FS</t>
+    <t>#10 Claude Moffitt - FS</t>
   </si>
   <si>
     <t>#25 Rodney Solomon - CB</t>
   </si>
   <si>
     <t>#22 Robert Thomas - CB</t>
   </si>
   <si>
     <t>#99 Martin Foote - LDE</t>
   </si>
   <si>
     <t>#50 Bobby Lewis - MLB</t>
   </si>
   <si>
     <t>#6 Odell Burnham - K</t>
   </si>
   <si>
     <t>NYA</t>
   </si>
   <si>
     <t>NYA 25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
@@ -365,51 +365,51 @@
   <si>
     <t>#85 Matthew Nobles - TE</t>
   </si>
   <si>
     <t>#12 Craig Roberts - WR</t>
   </si>
   <si>
     <t>#83 David Morrison - WR</t>
   </si>
   <si>
     <t>#71 Harvey Sanabria - C</t>
   </si>
   <si>
     <t>#53 Ramon Bueno - LG</t>
   </si>
   <si>
     <t>#71 Noble Hill - C</t>
   </si>
   <si>
     <t>#68 Eric Fielder - LG</t>
   </si>
   <si>
     <t>#52 Donald Schoonover - RT</t>
   </si>
   <si>
-    <t>#52 Bruce Young - LDE</t>
+    <t>#96 Bruce Young - LDE</t>
   </si>
   <si>
     <t>#69 Gerald Fleming - DT</t>
   </si>
   <si>
     <t>#60 Stephen Swofford - DT</t>
   </si>
   <si>
     <t>#51 John Hatley - RDE</t>
   </si>
   <si>
     <t>#96 Alfred Jenkins - SLB</t>
   </si>
   <si>
     <t>#96 Tracy May - MLB</t>
   </si>
   <si>
     <t>#58 Reed Brooks - CB</t>
   </si>
   <si>
     <t>#28 Wayne Rao - CB</t>
   </si>
   <si>
     <t>#29 Roy Nguyen - CB</t>
   </si>
@@ -506,165 +506,165 @@
   <si>
     <t>11:05</t>
   </si>
   <si>
     <t>LAA 9</t>
   </si>
   <si>
     <t>I Formation Normal Max Protect</t>
   </si>
   <si>
     <t>1-9-LAA 9 (11:06) 14-Kenneth Reidy ran to LAA 3 for 6 yards. Tackle by 24-Andres Garmon.</t>
   </si>
   <si>
     <t>10:26</t>
   </si>
   <si>
     <t>LAA 3</t>
   </si>
   <si>
     <t>2-3-LAA 3 (10:25) 20-Carlos Townsend ran for 3 yards. TOUCHDOWN! LAA 0 NYA 6</t>
   </si>
   <si>
     <t>#8 Allen Edwards - WR</t>
   </si>
   <si>
-    <t>#17 Andrew Chavez - WR</t>
+    <t>#14 Andrew Chavez - WR</t>
   </si>
   <si>
     <t>#61 Ryan Benjamin - LG</t>
   </si>
   <si>
     <t>#24 George McElroy - CB</t>
   </si>
   <si>
     <t>#43 Ryan Pierce - FS</t>
   </si>
   <si>
     <t>10:22</t>
   </si>
   <si>
     <t>LAA 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(10:23) Extra point GOOD by 10-James Belanger. LAA 0 NYA 7</t>
   </si>
   <si>
     <t>#6 William Green - P</t>
   </si>
   <si>
     <t>#61 George Heard - LT</t>
   </si>
   <si>
     <t>#19 James Belanger - K</t>
   </si>
   <si>
     <t>#65 Jim Donovan - RG</t>
   </si>
   <si>
     <t>#52 Daniel Blackwell - WLB</t>
   </si>
   <si>
     <t>#97 Gregory Brown - MLB</t>
   </si>
   <si>
     <t>#64 William Sommer - DT</t>
   </si>
   <si>
     <t>#63 Gerard Gould - RDE</t>
   </si>
   <si>
-    <t>#77 Jeffrey Lewis - RDE</t>
+    <t>#72 Jeffrey Lewis - DT</t>
   </si>
   <si>
     <t>NYA 35</t>
   </si>
   <si>
     <t>(10:23) 10-James Belanger kicks 75 yards from NYA 35 to LAA -10. Touchback.</t>
   </si>
   <si>
     <t>#83 Gerald Copley - RB</t>
   </si>
   <si>
     <t>LAA 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-LAA 25 (10:23) 83-Gerald Copley ran to LAA 26 for 1 yards. Tackle by 53-Philip Lucas.</t>
   </si>
   <si>
     <t>#4 Robert Oram - QB</t>
   </si>
   <si>
     <t>#80 Gerald Baxter - TE</t>
   </si>
   <si>
     <t>#83 Daniel White - WR</t>
   </si>
   <si>
     <t>#18 Nicholas Duncan - WR</t>
   </si>
   <si>
     <t>#86 Roger Ploof - WR</t>
   </si>
   <si>
     <t>#76 Alton Drummond - LT</t>
   </si>
   <si>
     <t>#68 Miles Singleton - LT</t>
   </si>
   <si>
     <t>#81 Christopher Baker - TE</t>
   </si>
   <si>
-    <t>#59 Jorge Kurt - RG</t>
+    <t>#68 Jorge Kurt - RG</t>
   </si>
   <si>
     <t>#65 Jason Reed - RT</t>
   </si>
   <si>
     <t>#96 Kevin Long - LDE</t>
   </si>
   <si>
     <t>#90 Charles Moss - DT</t>
   </si>
   <si>
     <t>#75 John Clark - RDE</t>
   </si>
   <si>
-    <t>#79 Alexander Williams - LDE</t>
+    <t>#77 Alexander Williams - LDE</t>
   </si>
   <si>
     <t>#99 Michael Hughes - SLB</t>
   </si>
   <si>
     <t>#49 Edward Tucker - CB</t>
   </si>
   <si>
     <t>#20 Dennis Fleury - CB</t>
   </si>
   <si>
     <t>9:50</t>
   </si>
   <si>
     <t>LAA 26</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>2-9-LAA 26 (9:49) 15-Robert Oram pass complete to 14-Daniel White to LAA 28 for 3 yards. Tackle by 27-Edward Tucker. Great move by 14-Daniel White to get free of his coverage.</t>
   </si>
@@ -764,51 +764,51 @@
   <si>
     <t>Singleback Empty 4 WR Post Corner</t>
   </si>
   <si>
     <t>Dime Flat MLB SS Blitz</t>
   </si>
   <si>
     <t>1-10-NYA 47 (6:18) 14-Kenneth Reidy sacked at NYA 39 for -8 yards (43-Ryan Pierce) PENALTY - Holding (NYA 71-Harvey Sanabria) (Declined)</t>
   </si>
   <si>
     <t>6:14</t>
   </si>
   <si>
     <t>NYA 39</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>46 Normal 3 Deep LB Blitz</t>
   </si>
   <si>
     <t>2-18-NYA 39 (6:15) PENALTY - False Start (NYA 61-Ryan Benjamin)</t>
   </si>
   <si>
-    <t>#86 Larry Clark - TE</t>
+    <t>#61 Larry Clark - LG</t>
   </si>
   <si>
     <t>#16 Craig Rippeon - WR</t>
   </si>
   <si>
     <t>NYA 34</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>2-23-NYA 34 (6:15) 14-Kenneth Reidy pass complete to 8-Allen Edwards to NYA 45 for 11 yards. Tackle by 46-Wayne Rao. LAA 60-Stephen Swofford was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:41</t>
   </si>
   <si>
     <t>NYA 45</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>
@@ -2301,51 +2301,51 @@
     <col min="56" max="56" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="81" max="81" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>