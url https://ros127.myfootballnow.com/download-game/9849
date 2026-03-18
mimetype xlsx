--- v2 (2026-01-16)
+++ v3 (2026-03-18)
@@ -338,105 +338,105 @@
   <si>
     <t>#6 Odell Burnham - K</t>
   </si>
   <si>
     <t>NYA</t>
   </si>
   <si>
     <t>NYA 25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Under Double LB Blitz</t>
   </si>
   <si>
     <t>1-10-NYA 25 (15:00) 14-Kenneth Reidy pass complete to 84-David Morrison to NYA 47 for 22 yards. Tackle by 29-Roy Nguyen.</t>
   </si>
   <si>
     <t>#9 Kenneth Reidy - QB</t>
   </si>
   <si>
     <t>#28 Robert Knorr - RB</t>
   </si>
   <si>
-    <t>#31 Dennis Wren - FB</t>
+    <t>#42 Dennis Wren - FB</t>
   </si>
   <si>
     <t>#85 Matthew Nobles - TE</t>
   </si>
   <si>
     <t>#12 Craig Roberts - WR</t>
   </si>
   <si>
     <t>#83 David Morrison - WR</t>
   </si>
   <si>
     <t>#71 Harvey Sanabria - C</t>
   </si>
   <si>
     <t>#53 Ramon Bueno - LG</t>
   </si>
   <si>
     <t>#71 Noble Hill - C</t>
   </si>
   <si>
     <t>#68 Eric Fielder - LG</t>
   </si>
   <si>
     <t>#52 Donald Schoonover - RT</t>
   </si>
   <si>
     <t>#96 Bruce Young - LDE</t>
   </si>
   <si>
     <t>#69 Gerald Fleming - DT</t>
   </si>
   <si>
     <t>#60 Stephen Swofford - DT</t>
   </si>
   <si>
     <t>#51 John Hatley - RDE</t>
   </si>
   <si>
-    <t>#96 Alfred Jenkins - SLB</t>
+    <t>#94 Alfred Jenkins - SLB</t>
   </si>
   <si>
     <t>#96 Tracy May - MLB</t>
   </si>
   <si>
     <t>#58 Reed Brooks - CB</t>
   </si>
   <si>
     <t>#28 Wayne Rao - CB</t>
   </si>
   <si>
-    <t>#29 Roy Nguyen - CB</t>
-[...2 lines deleted...]
-    <t>#24 Andres Garmon - SS</t>
+    <t>#22 Roy Nguyen - CB</t>
+  </si>
+  <si>
+    <t>#36 Andres Garmon - SS</t>
   </si>
   <si>
     <t>#34 Pasquale Hanson - SS</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>NYA 47</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>1-10-NYA 47 (14:25) 28-Robert Knorr ran to LAA 42 for 11 yards. Tackle by 34-Pasquale Hanson.</t>
   </si>
   <si>
     <t>13:44</t>
   </si>
   <si>
     <t>LAA 42</t>
   </si>
@@ -587,93 +587,93 @@
   <si>
     <t>(10:23) 10-James Belanger kicks 75 yards from NYA 35 to LAA -10. Touchback.</t>
   </si>
   <si>
     <t>#83 Gerald Copley - RB</t>
   </si>
   <si>
     <t>LAA 25</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-LAA 25 (10:23) 83-Gerald Copley ran to LAA 26 for 1 yards. Tackle by 53-Philip Lucas.</t>
   </si>
   <si>
     <t>#4 Robert Oram - QB</t>
   </si>
   <si>
     <t>#80 Gerald Baxter - TE</t>
   </si>
   <si>
-    <t>#83 Daniel White - WR</t>
+    <t>#19 Daniel White - WR</t>
   </si>
   <si>
     <t>#18 Nicholas Duncan - WR</t>
   </si>
   <si>
     <t>#86 Roger Ploof - WR</t>
   </si>
   <si>
     <t>#76 Alton Drummond - LT</t>
   </si>
   <si>
-    <t>#68 Miles Singleton - LT</t>
+    <t>#77 Miles Singleton - LT</t>
   </si>
   <si>
     <t>#81 Christopher Baker - TE</t>
   </si>
   <si>
     <t>#68 Jorge Kurt - RG</t>
   </si>
   <si>
     <t>#65 Jason Reed - RT</t>
   </si>
   <si>
     <t>#96 Kevin Long - LDE</t>
   </si>
   <si>
     <t>#90 Charles Moss - DT</t>
   </si>
   <si>
     <t>#75 John Clark - RDE</t>
   </si>
   <si>
     <t>#77 Alexander Williams - LDE</t>
   </si>
   <si>
     <t>#99 Michael Hughes - SLB</t>
   </si>
   <si>
     <t>#49 Edward Tucker - CB</t>
   </si>
   <si>
-    <t>#20 Dennis Fleury - CB</t>
+    <t>#29 Dennis Fleury - CB</t>
   </si>
   <si>
     <t>9:50</t>
   </si>
   <si>
     <t>LAA 26</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>2-9-LAA 26 (9:49) 15-Robert Oram pass complete to 14-Daniel White to LAA 28 for 3 yards. Tackle by 27-Edward Tucker. Great move by 14-Daniel White to get free of his coverage.</t>
   </si>
   <si>
     <t>#45 Marshall Ramos - FB</t>
   </si>
   <si>
     <t>9:11</t>
   </si>
   <si>
     <t>LAA 28</t>
   </si>
@@ -764,51 +764,51 @@
   <si>
     <t>Singleback Empty 4 WR Post Corner</t>
   </si>
   <si>
     <t>Dime Flat MLB SS Blitz</t>
   </si>
   <si>
     <t>1-10-NYA 47 (6:18) 14-Kenneth Reidy sacked at NYA 39 for -8 yards (43-Ryan Pierce) PENALTY - Holding (NYA 71-Harvey Sanabria) (Declined)</t>
   </si>
   <si>
     <t>6:14</t>
   </si>
   <si>
     <t>NYA 39</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>46 Normal 3 Deep LB Blitz</t>
   </si>
   <si>
     <t>2-18-NYA 39 (6:15) PENALTY - False Start (NYA 61-Ryan Benjamin)</t>
   </si>
   <si>
-    <t>#61 Larry Clark - LG</t>
+    <t>#75 Larry Clark - LG</t>
   </si>
   <si>
     <t>#16 Craig Rippeon - WR</t>
   </si>
   <si>
     <t>NYA 34</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>2-23-NYA 34 (6:15) 14-Kenneth Reidy pass complete to 8-Allen Edwards to NYA 45 for 11 yards. Tackle by 46-Wayne Rao. LAA 60-Stephen Swofford was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>5:41</t>
   </si>
   <si>
     <t>NYA 45</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>4-3 Under Crowd Middle</t>
   </si>