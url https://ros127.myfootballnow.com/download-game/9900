--- v0 (2025-10-17)
+++ v1 (2025-12-17)
@@ -344,96 +344,96 @@
   <si>
     <t>PHI 25</t>
   </si>
   <si>
     <t>I Formation 3WR FL Post</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
   <si>
     <t>1-10-PHI 25 (15:00) 11-James Garcia sacked at PHI 17 for -8 yards (76-Jason Williams). Sack allowed by 61-Leonard Bergeron.</t>
   </si>
   <si>
     <t>#3 James Garcia - QB</t>
   </si>
   <si>
     <t>#41 Stanton Spain - RB</t>
   </si>
   <si>
     <t>#80 Brent Green - WR</t>
   </si>
   <si>
     <t>#87 Robert Shiflet - WR</t>
   </si>
   <si>
-    <t>#59 Leonard Bergeron - LG</t>
+    <t>#79 Leonard Bergeron - LT</t>
   </si>
   <si>
     <t>#56 Thomas Bowman - RG</t>
   </si>
   <si>
     <t>#76 Brian Watson - C</t>
   </si>
   <si>
     <t>#60 Timothy Bartlett - RG</t>
   </si>
   <si>
     <t>#70 Thomas Oxford - RG</t>
   </si>
   <si>
-    <t>#94 Michael Terry - RDE</t>
-[...2 lines deleted...]
-    <t>#67 Richard Aguilar - DT</t>
+    <t>#67 Michael Terry - RDE</t>
+  </si>
+  <si>
+    <t>#63 Richard Aguilar - DT</t>
   </si>
   <si>
     <t>#92 David Richard - DT</t>
   </si>
   <si>
     <t>#65 Jason Williams - LDE</t>
   </si>
   <si>
     <t>#99 Tyson Purdue - MLB</t>
   </si>
   <si>
     <t>#53 David Blea - WLB</t>
   </si>
   <si>
     <t>#38 Harold Gray - FS</t>
   </si>
   <si>
     <t>#39 David Park - CB</t>
   </si>
   <si>
     <t>#34 Garry Taber - CB</t>
   </si>
   <si>
     <t>#38 David Cardona - FS</t>
   </si>
   <si>
-    <t>#44 James Lawrence - FS</t>
+    <t>#28 James Lawrence - FS</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>PHI 17</t>
   </si>
   <si>
     <t>I Formation 3WR HB Inside Weak</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>2-18-PHI 17 (14:25) 81-Stanton Spain ran to PHI 26 for 9 yards. Tackle by 38-David Cardona.</t>
   </si>
   <si>
     <t>13:50</t>
   </si>
   <si>
     <t>PHI 26</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
@@ -479,69 +479,69 @@
   <si>
     <t>#94 Neil Franks - SLB</t>
   </si>
   <si>
     <t>13:05</t>
   </si>
   <si>
     <t>HOU 13</t>
   </si>
   <si>
     <t>I Formation Normal FB Middle</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-HOU 13 (13:06) 16-Michael Dawson pass complete to 11-Lawrence Owensby to HOU 19 for 5 yards. Tackle by 50-Gregory Sullivan.</t>
   </si>
   <si>
     <t>#1 Michael Dawson - QB</t>
   </si>
   <si>
     <t>#35 Robert Helms - RB</t>
   </si>
   <si>
-    <t>#20 Raymond Brown - TE</t>
+    <t>#4 Raymond Brown - TE</t>
   </si>
   <si>
     <t>#81 James Lofton - TE</t>
   </si>
   <si>
     <t>#87 Lawrence Owensby - WR</t>
   </si>
   <si>
     <t>#85 Dominick Crowder - WR</t>
   </si>
   <si>
-    <t>#70 Steven Jones - LG</t>
-[...5 lines deleted...]
-    <t>#65 Richard Collins - C</t>
+    <t>#70 Steven Jones - LT</t>
+  </si>
+  <si>
+    <t>#52 Luke Fett - LG</t>
+  </si>
+  <si>
+    <t>#51 Richard Collins - C</t>
   </si>
   <si>
     <t>#72 William Borrego - RG</t>
   </si>
   <si>
     <t>#74 Jeffrey Barrett - LG</t>
   </si>
   <si>
     <t>#97 Jason Collins - LDE</t>
   </si>
   <si>
     <t>#67 Leonard Cruz - LDE</t>
   </si>
   <si>
     <t>#97 Peter Gonzales - DT</t>
   </si>
   <si>
     <t>#73 John Hancock - RDE</t>
   </si>
   <si>
     <t>#50 Gregory Sullivan - WLB</t>
   </si>
   <si>
     <t>#21 Harry Crowder - CB</t>
   </si>
@@ -590,51 +590,51 @@
   <si>
     <t>11:10</t>
   </si>
   <si>
     <t>HOU 38</t>
   </si>
   <si>
     <t>I Formation Twin WR Strong Flood</t>
   </si>
   <si>
     <t>1-10-HOU 38 (11:09) 16-Michael Dawson pass Pass knocked down by 91-Edward Long. incomplete, intended for 11-Lawrence Owensby. PHI 90-Peter Gonzales was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:06</t>
   </si>
   <si>
     <t>Strong I Normal Quick Hooks</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
   <si>
     <t>2-10-HOU 38 (11:07) 16-Michael Dawson pass complete to 18-Dominick Crowder to HOU 45 for 8 yards. Tackle by 64-Leonard Cruz.</t>
   </si>
   <si>
-    <t>#94 Dominic Leatherwood - LDE</t>
+    <t>#70 Dominic Leatherwood - LDE</t>
   </si>
   <si>
     <t>10:33</t>
   </si>
   <si>
     <t>HOU 45</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>3-2-HOU 45 (10:32) 26-Robert Helms ran to PHI 48 for 6 yards. Tackle by 45-Otto Burrows.</t>
   </si>
   <si>
     <t>9:50</t>
   </si>
   <si>
     <t>PHI 48</t>
   </si>
   <si>
     <t>1-10-PHI 48 (9:49) 16-Michael Dawson pass complete to 11-Lawrence Owensby to PHI 47 for 1 yards. Tackle by 21-Harry Crowder.</t>
   </si>
@@ -650,51 +650,51 @@
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>Goal Line Attack #1</t>
   </si>
   <si>
     <t>2-9-PHI 47 (9:03) 26-Robert Helms ran to PHI 44 for 3 yards. Tackle by 21-Harry Crowder.</t>
   </si>
   <si>
     <t>8:20</t>
   </si>
   <si>
     <t>PHI 44</t>
   </si>
   <si>
     <t>I Formation Normal Curl &amp; Post</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>3-6-PHI 44 (8:19) 16-Michael Dawson pass complete to 23-Sean Lucas to PHI 43 for 1 yards. Tackle by 91-Edward Long.</t>
   </si>
   <si>
-    <t>#27 Sean Lucas - RB</t>
+    <t>#21 Sean Lucas - RB</t>
   </si>
   <si>
     <t>7:37</t>
   </si>
   <si>
     <t>PHI 43</t>
   </si>
   <si>
     <t>4-5-PHI 43 (7:36) 19-John Garcia punts 30 yards to PHI 13.</t>
   </si>
   <si>
     <t>#3 John Garcia - P</t>
   </si>
   <si>
     <t>#34 Ray Wood - RB</t>
   </si>
   <si>
     <t>#69 Christopher Davison - C</t>
   </si>
   <si>
     <t>#79 Howard Augustus - LT</t>
   </si>
   <si>
     <t>#94 Gary Lewis - SLB</t>
   </si>
@@ -1304,51 +1304,51 @@
   <si>
     <t>13:29</t>
   </si>
   <si>
     <t>2-1-PHI 17 (13:30) 26-Robert Helms ran to PHI 18 for -1 yards. Tackle by 90-Peter Gonzales.</t>
   </si>
   <si>
     <t>12:55</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>3-1-PHI 18 (12:54) 26-Robert Helms ran to PHI 17 for 1 yards. Tackle by 73-John Hancock.</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>4-1-PHI 17 (12:18) 10-David Bielecki 36 yard field goal is GOOD. HOU 3 PHI 20</t>
   </si>
   <si>
-    <t>#97 Joshua Rusnak - DT</t>
+    <t>#79 Joshua Rusnak - LDE</t>
   </si>
   <si>
     <t>#61 James Bell - DT</t>
   </si>
   <si>
     <t>#26 Kurt Stovall - P</t>
   </si>
   <si>
     <t>12:14</t>
   </si>
   <si>
     <t>(12:15) 10-David Bielecki kicks 72 yards from HOU 35 to PHI -7. 10-Mike Frier to PHI 23 for 30 yards. Tackle by 39-David Park.</t>
   </si>
   <si>
     <t>12:09</t>
   </si>
   <si>
     <t>1-10-PHI 23 (12:10) 81-Stanton Spain ran to PHI 34 for 11 yards. Tackle by 38-David Cardona.</t>
   </si>
   <si>
     <t>#25 Isaac Martin - CB</t>
   </si>
   <si>
     <t>11:28</t>
   </si>
@@ -2310,51 +2310,51 @@
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="81" max="81" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="81" max="81" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>