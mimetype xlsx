--- v1 (2025-12-17)
+++ v2 (2026-01-15)
@@ -497,51 +497,51 @@
   <si>
     <t>#1 Michael Dawson - QB</t>
   </si>
   <si>
     <t>#35 Robert Helms - RB</t>
   </si>
   <si>
     <t>#4 Raymond Brown - TE</t>
   </si>
   <si>
     <t>#81 James Lofton - TE</t>
   </si>
   <si>
     <t>#87 Lawrence Owensby - WR</t>
   </si>
   <si>
     <t>#85 Dominick Crowder - WR</t>
   </si>
   <si>
     <t>#70 Steven Jones - LT</t>
   </si>
   <si>
     <t>#52 Luke Fett - LG</t>
   </si>
   <si>
-    <t>#51 Richard Collins - C</t>
+    <t>#58 Richard Collins - C</t>
   </si>
   <si>
     <t>#72 William Borrego - RG</t>
   </si>
   <si>
     <t>#74 Jeffrey Barrett - LG</t>
   </si>
   <si>
     <t>#97 Jason Collins - LDE</t>
   </si>
   <si>
     <t>#67 Leonard Cruz - LDE</t>
   </si>
   <si>
     <t>#97 Peter Gonzales - DT</t>
   </si>
   <si>
     <t>#73 John Hancock - RDE</t>
   </si>
   <si>
     <t>#50 Gregory Sullivan - WLB</t>
   </si>
   <si>
     <t>#21 Harry Crowder - CB</t>
   </si>