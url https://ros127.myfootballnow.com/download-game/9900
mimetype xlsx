--- v2 (2026-01-15)
+++ v3 (2026-03-16)
@@ -302,51 +302,51 @@
   <si>
     <t>(15:00) 10-David Bielecki kicks 74 yards from HOU 35 to PHI -9. Touchback.</t>
   </si>
   <si>
     <t>#84 Mike Frier - WR</t>
   </si>
   <si>
     <t>#33 Jeffrey Ingle - FS</t>
   </si>
   <si>
     <t>#89 Jeffrey Tovar - WR</t>
   </si>
   <si>
     <t>#39 Sherman Wagner - FS</t>
   </si>
   <si>
     <t>#32 Roger Johnson - SS</t>
   </si>
   <si>
     <t>#23 Dale Solt - CB</t>
   </si>
   <si>
     <t>#42 Edward Long - SS</t>
   </si>
   <si>
-    <t>#35 Willie Villanueva - FB</t>
+    <t>#46 Willie Villanueva - FB</t>
   </si>
   <si>
     <t>#45 Otto Burrows - SS</t>
   </si>
   <si>
     <t>#82 Ryan Henslee - WR</t>
   </si>
   <si>
     <t>#87 Adam Noble - WR</t>
   </si>
   <si>
     <t>#10 David Bielecki - K</t>
   </si>
   <si>
     <t>PHI</t>
   </si>
   <si>
     <t>PHI 25</t>
   </si>
   <si>
     <t>I Formation 3WR FL Post</t>
   </si>
   <si>
     <t>Nickel Normal SS Blitz</t>
   </si>
@@ -356,51 +356,51 @@
   <si>
     <t>#3 James Garcia - QB</t>
   </si>
   <si>
     <t>#41 Stanton Spain - RB</t>
   </si>
   <si>
     <t>#80 Brent Green - WR</t>
   </si>
   <si>
     <t>#87 Robert Shiflet - WR</t>
   </si>
   <si>
     <t>#79 Leonard Bergeron - LT</t>
   </si>
   <si>
     <t>#56 Thomas Bowman - RG</t>
   </si>
   <si>
     <t>#76 Brian Watson - C</t>
   </si>
   <si>
     <t>#60 Timothy Bartlett - RG</t>
   </si>
   <si>
-    <t>#70 Thomas Oxford - RG</t>
+    <t>#54 Thomas Oxford - RG</t>
   </si>
   <si>
     <t>#67 Michael Terry - RDE</t>
   </si>
   <si>
     <t>#63 Richard Aguilar - DT</t>
   </si>
   <si>
     <t>#92 David Richard - DT</t>
   </si>
   <si>
     <t>#65 Jason Williams - LDE</t>
   </si>
   <si>
     <t>#99 Tyson Purdue - MLB</t>
   </si>
   <si>
     <t>#53 David Blea - WLB</t>
   </si>
   <si>
     <t>#38 Harold Gray - FS</t>
   </si>
   <si>
     <t>#39 David Park - CB</t>
   </si>
@@ -521,51 +521,51 @@
   <si>
     <t>#58 Richard Collins - C</t>
   </si>
   <si>
     <t>#72 William Borrego - RG</t>
   </si>
   <si>
     <t>#74 Jeffrey Barrett - LG</t>
   </si>
   <si>
     <t>#97 Jason Collins - LDE</t>
   </si>
   <si>
     <t>#67 Leonard Cruz - LDE</t>
   </si>
   <si>
     <t>#97 Peter Gonzales - DT</t>
   </si>
   <si>
     <t>#73 John Hancock - RDE</t>
   </si>
   <si>
     <t>#50 Gregory Sullivan - WLB</t>
   </si>
   <si>
-    <t>#21 Harry Crowder - CB</t>
+    <t>#4 Harry Crowder - CB</t>
   </si>
   <si>
     <t>#27 Kevin Edgerton - CB</t>
   </si>
   <si>
     <t>12:20</t>
   </si>
   <si>
     <t>HOU 19</t>
   </si>
   <si>
     <t>Goal Line Normal PA TE Drag</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>2-5-HOU 19 (12:19) 16-Michael Dawson pass complete to 20-Raymond Brown to HOU 25 for 7 yards. Tackle by 50-Gregory Sullivan. 20-Raymond Brown made a great move on the CB.</t>
   </si>
   <si>
     <t>#37 David Jackson - RB</t>
   </si>
   <si>
     <t>#85 Hector Edwards - TE</t>
   </si>
@@ -695,51 +695,51 @@
   <si>
     <t>#79 Howard Augustus - LT</t>
   </si>
   <si>
     <t>#94 Gary Lewis - SLB</t>
   </si>
   <si>
     <t>#99 Anthony Reale - LDE</t>
   </si>
   <si>
     <t>7:28</t>
   </si>
   <si>
     <t>PHI 13</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Post</t>
   </si>
   <si>
     <t>Nickel 3-3-5 Weak Side Blitz</t>
   </si>
   <si>
     <t>1-10-PHI 13 (7:29) 11-James Garcia pass complete to 40-Adam Noble to PHI 17 for 4 yards. Tackle by 47-Harold Gray.</t>
   </si>
   <si>
-    <t>#62 Joshua Daniels - C</t>
+    <t>#70 Joshua Daniels - RT</t>
   </si>
   <si>
     <t>6:52</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Corner Long</t>
   </si>
   <si>
     <t>2-6-PHI 17 (6:51) 11-James Garcia pass Pass knocked down by 44-James Lawrence. incomplete, intended for 80-Brent Green.</t>
   </si>
   <si>
     <t>6:46</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>3-6-PHI 17 (6:47) 81-Stanton Spain ran to PHI 18 for 1 yards. Tackle by 77-Michael Terry.</t>
   </si>
   <si>
     <t>6:07</t>
   </si>
   <si>
     <t>PHI 18</t>
   </si>
@@ -1304,51 +1304,51 @@
   <si>
     <t>13:29</t>
   </si>
   <si>
     <t>2-1-PHI 17 (13:30) 26-Robert Helms ran to PHI 18 for -1 yards. Tackle by 90-Peter Gonzales.</t>
   </si>
   <si>
     <t>12:55</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>3-1-PHI 18 (12:54) 26-Robert Helms ran to PHI 17 for 1 yards. Tackle by 73-John Hancock.</t>
   </si>
   <si>
     <t>12:19</t>
   </si>
   <si>
     <t>4-1-PHI 17 (12:18) 10-David Bielecki 36 yard field goal is GOOD. HOU 3 PHI 20</t>
   </si>
   <si>
-    <t>#79 Joshua Rusnak - LDE</t>
+    <t>#73 Joshua Rusnak - LDE</t>
   </si>
   <si>
     <t>#61 James Bell - DT</t>
   </si>
   <si>
     <t>#26 Kurt Stovall - P</t>
   </si>
   <si>
     <t>12:14</t>
   </si>
   <si>
     <t>(12:15) 10-David Bielecki kicks 72 yards from HOU 35 to PHI -7. 10-Mike Frier to PHI 23 for 30 yards. Tackle by 39-David Park.</t>
   </si>
   <si>
     <t>12:09</t>
   </si>
   <si>
     <t>1-10-PHI 23 (12:10) 81-Stanton Spain ran to PHI 34 for 11 yards. Tackle by 38-David Cardona.</t>
   </si>
   <si>
     <t>#25 Isaac Martin - CB</t>
   </si>
   <si>
     <t>11:28</t>
   </si>
@@ -1808,51 +1808,51 @@
   <si>
     <t>2-2-HOU 33 (3:46) 16-Michael Dawson pass complete to 11-Lawrence Owensby to HOU 36 for 3 yards. Tackle by 21-Harry Crowder.</t>
   </si>
   <si>
     <t>3:25</t>
   </si>
   <si>
     <t>1-10-HOU 36 (3:24) 16-Michael Dawson sacked at HOU 32 for -4 yards (23-Dale Solt). Sack allowed by 70-Steven Jones.</t>
   </si>
   <si>
     <t>3:02</t>
   </si>
   <si>
     <t>2-14-HOU 32 (3:01) 16-Michael Dawson pass complete to 12-Charles Deleon to HOU 34 for 2 yards. Tackle by 23-Dale Solt.</t>
   </si>
   <si>
     <t>2:43</t>
   </si>
   <si>
     <t>3-12-HOU 34 (2:42) 16-Michael Dawson pass Pass knocked down by 21-Harry Crowder. incomplete, intended for 12-Charles Deleon. 21-Harry Crowder got away with a hold on that play.</t>
   </si>
   <si>
     <t>#14 Billy Hernadez - WR</t>
   </si>
   <si>
-    <t>#45 Donald Escobedo - CB</t>
+    <t>#96 Donald Escobedo - RDE</t>
   </si>
   <si>
     <t>4-12-HOU 34 (2:38) 19-John Garcia punts 64 yards to PHI 2.</t>
   </si>
   <si>
     <t>PHI 2</t>
   </si>
   <si>
     <t>1-10-PHI 2 (2:27) 81-Stanton Spain ran for -2 yards. Tackle by 46-Garry Taber. SAFETY! (46-Garry Taber) HOU 11 PHI 41</t>
   </si>
   <si>
     <t>2:23</t>
   </si>
   <si>
     <t>PHI 20</t>
   </si>
   <si>
     <t>(2:24) 9-Eugene Croteau kicks 60 yards from PHI 20 to HOU 20. 40-David Jackson to HOU 46 for 25 yards. Tackle by 97-Jason Collins.</t>
   </si>
   <si>
     <t>2:19</t>
   </si>
   <si>
     <t>1-10-HOU 46 (2:20) 16-Michael Dawson sacked at HOU 37 for -8 yards (78-Anthony Reale). Sack allowed by 74-Jeffrey Barrett.</t>
   </si>
@@ -2272,51 +2272,51 @@
     <col min="18" max="18" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="35.277" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
-    <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>