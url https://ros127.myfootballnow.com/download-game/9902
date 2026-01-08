--- v0 (2025-11-06)
+++ v1 (2026-01-08)
@@ -290,135 +290,135 @@
   <si>
     <t>ATL</t>
   </si>
   <si>
     <t>ATL 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-Jimmy Saito kicks 74 yards from ATL 35 to BAL -9. Touchback.</t>
   </si>
   <si>
     <t>#24 Ronald Wray - WR</t>
   </si>
   <si>
     <t>#33 Porfirio McCulloch - FS</t>
   </si>
   <si>
     <t>#98 Peter McMullan - DT</t>
   </si>
   <si>
-    <t>#96 Thomas Snyder - DT</t>
+    <t>#21 Thomas Snyder - CB</t>
   </si>
   <si>
     <t>#67 Robert Coleman - DT</t>
   </si>
   <si>
     <t>#36 Robert Nicklas - SS</t>
   </si>
   <si>
     <t>#26 David Cox - FS</t>
   </si>
   <si>
     <t>#27 William Myers - FS</t>
   </si>
   <si>
     <t>#52 Ralph Lacroix - WLB</t>
   </si>
   <si>
     <t>#15 Thomas Fink - WR</t>
   </si>
   <si>
     <t>#34 William Rosario - CB</t>
   </si>
   <si>
     <t>#7 Jimmy Saito - K</t>
   </si>
   <si>
     <t>BAL</t>
   </si>
   <si>
     <t>BAL 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR FL Drag</t>
   </si>
   <si>
     <t>Nickel Strong 1 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-BAL 25 (15:00) 4-William Martin pass complete to 42-Wayne Jackson to BAL 26 for 1 yards. Tackle by 23-Alfredo McCormick.</t>
   </si>
   <si>
     <t>#14 William Martin - QB</t>
   </si>
   <si>
     <t>#42 Wayne Jackson - RB</t>
   </si>
   <si>
     <t>#31 James Price - RB</t>
   </si>
   <si>
-    <t>#87 David Palmer - WR</t>
+    <t>#2 David Palmer - WR</t>
   </si>
   <si>
     <t>#12 Walter Davila - WR</t>
   </si>
   <si>
     <t>#69 Paul Patel - LT</t>
   </si>
   <si>
     <t>#68 Justin Spears - LG</t>
   </si>
   <si>
     <t>#55 Michael Robinson - C</t>
   </si>
   <si>
     <t>#64 Wayne Harrison - LG</t>
   </si>
   <si>
     <t>#50 Alfredo Scott - RT</t>
   </si>
   <si>
     <t>#53 Mark Burns - LDE</t>
   </si>
   <si>
     <t>#74 Christopher Crockett - DT</t>
   </si>
   <si>
     <t>#70 David Harrison - DT</t>
   </si>
   <si>
     <t>#98 Jack Pierce - DT</t>
   </si>
   <si>
-    <t>#42 Robert Wooden - MLB</t>
+    <t>#38 Robert Wooden - FS</t>
   </si>
   <si>
     <t>#57 John Smiley - WLB</t>
   </si>
   <si>
     <t>#20 Alfredo McCormick - CB</t>
   </si>
   <si>
     <t>#22 Richard White - CB</t>
   </si>
   <si>
     <t>#45 William Park - CB</t>
   </si>
   <si>
     <t>#42 Dennis Kaiser - SS</t>
   </si>
   <si>
     <t>#37 Ryan Cohen - CB</t>
   </si>
   <si>
     <t>14:24</t>
   </si>
   <si>
     <t>BAL 26</t>
   </si>
@@ -596,99 +596,99 @@
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(11:06) Extra point GOOD by 7-Jimmy Saito. ATL 69-Michael Martini was injured on the play. He looks like he should be able to return. BAL 0 ATL 7</t>
   </si>
   <si>
     <t>#77 Fernando Gutierrez - DT</t>
   </si>
   <si>
     <t>#65 Jack Harris - C</t>
   </si>
   <si>
     <t>#77 Curtis Peterson - LT</t>
   </si>
   <si>
     <t>#68 Philip Murrow - RG</t>
   </si>
   <si>
     <t>#54 Brian Bohanon - MLB</t>
   </si>
   <si>
     <t>#96 Theodore Barber - MLB</t>
   </si>
   <si>
-    <t>#69 Benny Abramowitz - RDE</t>
-[...2 lines deleted...]
-    <t>#94 George Martin - DT</t>
+    <t>#76 Benny Abramowitz - RDE</t>
+  </si>
+  <si>
+    <t>#91 George Martin - DT</t>
   </si>
   <si>
     <t>(11:06) 7-Jimmy Saito kicks 71 yards from ATL 35 to BAL -6. Touchback.</t>
   </si>
   <si>
     <t>Shotgun 5 Wide Parallel Slants</t>
   </si>
   <si>
     <t>Quarter Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-BAL 25 (11:06) 4-William Martin pass complete to 84-Thomas Fink for 75 yards. TOUCHDOWN! BAL 6 ATL 7</t>
   </si>
   <si>
     <t>#88 Jose Eckles - WR</t>
   </si>
   <si>
     <t>#67 Todd Lundeen - LG</t>
   </si>
   <si>
     <t>#48 Bernard Dierks - SS</t>
   </si>
   <si>
     <t>10:56</t>
   </si>
   <si>
     <t>ATL 15</t>
   </si>
   <si>
     <t>(10:57) Extra point GOOD by 11-Timothy Gardner. BAL 7 ATL 7</t>
   </si>
   <si>
     <t>#2 Jerry Minor - P</t>
   </si>
   <si>
     <t>#11 Timothy Gardner - K</t>
   </si>
   <si>
     <t>#79 David Thomas - C</t>
   </si>
   <si>
     <t>#65 Robert Roberts - LG</t>
   </si>
   <si>
-    <t>#92 Franklin Ray - DT</t>
+    <t>#64 Franklin Ray - DT</t>
   </si>
   <si>
     <t>#55 Joseph Marshall - DT</t>
   </si>
   <si>
     <t>#93 Richard Williams - MLB</t>
   </si>
   <si>
     <t>#72 Scott McDaniel - LDE</t>
   </si>
   <si>
     <t>#59 James Ackerman - RDE</t>
   </si>
   <si>
     <t>#97 David Aguilar - DT</t>
   </si>
   <si>
     <t>BAL 35</t>
   </si>
   <si>
     <t>(10:57) 11-Timothy Gardner kicks 76 yards from BAL 35 to ATL -11. Touchback.</t>
   </si>
   <si>
     <t>#91 James Holzer - SLB</t>
   </si>
@@ -1487,51 +1487,51 @@
   <si>
     <t>ATL 26</t>
   </si>
   <si>
     <t>2-9-ATL 26 (7:32) 39-Jeffrey Milligan ran to ATL 31 for 5 yards. Tackle by 51-Mitchell Langley.</t>
   </si>
   <si>
     <t>6:52</t>
   </si>
   <si>
     <t>3-4-ATL 31 (6:51) 24-Sergio Cunningham ran to ATL 32 for 1 yards. Tackle by 71-Robert Coleman.</t>
   </si>
   <si>
     <t>6:14</t>
   </si>
   <si>
     <t>ATL 32</t>
   </si>
   <si>
     <t>4-3-ATL 32 (6:13) 2-Robert Spencer punts 46 yards to BAL 22. 42-Wayne Jackson to BAL 23 for 1 yards. Tackle by 96-Jack Pierce.</t>
   </si>
   <si>
     <t>1-10-BAL 23 (6:05) 47-James Price ran to BAL 25 for 2 yards. Tackle by 90-Robert Wooden. ATL 59-James Ackerman was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#35 Fred Kavanaugh - RB</t>
+    <t>#35 Fred Kavanaugh - FB</t>
   </si>
   <si>
     <t>2-8-BAL 25 (5:20) 42-Wayne Jackson ran to BAL 31 for 7 yards. Tackle by 22-Richard White.</t>
   </si>
   <si>
     <t>4:44</t>
   </si>
   <si>
     <t>BAL 31</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>3-1-BAL 31 (4:43) 4-William Martin pass incomplete, dropped by 19-David Palmer.</t>
   </si>
   <si>
     <t>4:39</t>
   </si>
   <si>
     <t>4-1-BAL 31 (4:40) 2-Jerry Minor punts 48 yards to ATL 21. 46-Juan Chamberlain to ATL 24 for 4 yards. Tackle by 36-Robert Nicklas.</t>
   </si>
   <si>
     <t>4:32</t>
   </si>