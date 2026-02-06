--- v1 (2026-01-08)
+++ v2 (2026-02-06)
@@ -371,51 +371,51 @@
   <si>
     <t>#69 Paul Patel - LT</t>
   </si>
   <si>
     <t>#68 Justin Spears - LG</t>
   </si>
   <si>
     <t>#55 Michael Robinson - C</t>
   </si>
   <si>
     <t>#64 Wayne Harrison - LG</t>
   </si>
   <si>
     <t>#50 Alfredo Scott - RT</t>
   </si>
   <si>
     <t>#53 Mark Burns - LDE</t>
   </si>
   <si>
     <t>#74 Christopher Crockett - DT</t>
   </si>
   <si>
     <t>#70 David Harrison - DT</t>
   </si>
   <si>
-    <t>#98 Jack Pierce - DT</t>
+    <t>#91 Jack Pierce - DT</t>
   </si>
   <si>
     <t>#38 Robert Wooden - FS</t>
   </si>
   <si>
     <t>#57 John Smiley - WLB</t>
   </si>
   <si>
     <t>#20 Alfredo McCormick - CB</t>
   </si>
   <si>
     <t>#22 Richard White - CB</t>
   </si>
   <si>
     <t>#45 William Park - CB</t>
   </si>
   <si>
     <t>#42 Dennis Kaiser - SS</t>
   </si>
   <si>
     <t>#37 Ryan Cohen - CB</t>
   </si>
   <si>
     <t>14:24</t>
   </si>