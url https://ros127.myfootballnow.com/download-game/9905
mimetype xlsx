--- v0 (2025-10-17)
+++ v1 (2025-12-16)
@@ -341,117 +341,117 @@
   <si>
     <t>NOS</t>
   </si>
   <si>
     <t>NOS 25</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-NOS 25 (15:00) 19-Jimmy Law sacked at NOS 15 for -10 yards (44-Elton Webb)</t>
   </si>
   <si>
     <t>#9 Jimmy Law - QB</t>
   </si>
   <si>
     <t>#46 Derek Wadkins - RB</t>
   </si>
   <si>
     <t>#25 Richard Hamm - FB</t>
   </si>
   <si>
-    <t>#82 Ignacio Tuttle - TE</t>
+    <t>#39 Ignacio Tuttle - FB</t>
   </si>
   <si>
     <t>#61 Anthony Taylor - LT</t>
   </si>
   <si>
     <t>#70 James Hutcherson - LG</t>
   </si>
   <si>
-    <t>#69 Brian Call - C</t>
+    <t>#69 Brian Call - LG</t>
   </si>
   <si>
     <t>#74 Omar Sosa - RG</t>
   </si>
   <si>
     <t>#66 Henry Lopez - RT</t>
   </si>
   <si>
     <t>#94 Dennis Johnson - DT</t>
   </si>
   <si>
     <t>#79 Evan Diaz - DT</t>
   </si>
   <si>
-    <t>#69 John Montgomery - DT</t>
+    <t>#59 John Montgomery - MLB</t>
   </si>
   <si>
     <t>#98 Kenneth Martin - LDE</t>
   </si>
   <si>
     <t>#95 Marshall Steve - SLB</t>
   </si>
   <si>
     <t>#72 Kevin Walter - RDE</t>
   </si>
   <si>
     <t>#50 Bruce McKibben - WLB</t>
   </si>
   <si>
     <t>#40 Larry Reddy - CB</t>
   </si>
   <si>
     <t>#22 Jose Mitchell - CB</t>
   </si>
   <si>
     <t>#20 Richard Zimmerman - CB</t>
   </si>
   <si>
     <t>#44 Elton Webb - FS</t>
   </si>
   <si>
     <t>14:28</t>
   </si>
   <si>
     <t>NOS 15</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-20-NOS 15 (14:27) 19-Jimmy Law pass incomplete, intended for 85-Ignacio Tuttle.</t>
   </si>
   <si>
-    <t>#57 Christopher Godfrey - SLB</t>
+    <t>#97 Christopher Godfrey - SLB</t>
   </si>
   <si>
     <t>14:23</t>
   </si>
   <si>
     <t>46 Normal Inside Blitz</t>
   </si>
   <si>
     <t>3-20-NOS 15 (14:24) 19-Jimmy Law sacked at NOS 5 for -11 yards (60-Dennis Johnson). Sack allowed by 66-Henry Lopez.</t>
   </si>
   <si>
     <t>13:42</t>
   </si>
   <si>
     <t>NOS 5</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-30-NOS 5 (13:41) 4-Mark Engle punts 46 yards to SEA 50. 81-Michael Stout to NOS 45 for 6 yards. Tackle by 34-Adam Weist.</t>
   </si>
@@ -470,78 +470,78 @@
   <si>
     <t>#51 Charlie Stephenson - DT</t>
   </si>
   <si>
     <t>#68 Bernard Bellows - C</t>
   </si>
   <si>
     <t>#67 Faustino Bowser - RG</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>NOS 45</t>
   </si>
   <si>
     <t>Goal Line Normal HB Outside Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-NOS 45 (13:33) 8-Jeremy Swenson ran to NOS 32 for 13 yards. Tackle by 43-Vincent McDonald.</t>
   </si>
   <si>
-    <t>#4 Theodore Bolton - QB</t>
+    <t>#4 Theodore Bolton - RB</t>
   </si>
   <si>
     <t>#8 Jeremy Swenson - RB</t>
   </si>
   <si>
     <t>#37 Bryan Rodgers - RB</t>
   </si>
   <si>
     <t>#83 Christopher Kelly - FB</t>
   </si>
   <si>
-    <t>#82 Rory Milner - TE</t>
+    <t>#85 Rory Milner - TE</t>
   </si>
   <si>
     <t>#88 Anthony Estes - TE</t>
   </si>
   <si>
     <t>#77 Jason Russ - LT</t>
   </si>
   <si>
     <t>#68 Nicholas Shearer - LG</t>
   </si>
   <si>
     <t>#62 Eric Graham - C</t>
   </si>
   <si>
-    <t>#56 Clement Hughes - RG</t>
+    <t>#71 Clement Hughes - RG</t>
   </si>
   <si>
     <t>#65 Joseph Payne - RT</t>
   </si>
   <si>
     <t>#69 James Nunnally - DT</t>
   </si>
   <si>
     <t>#78 David Washington - DT</t>
   </si>
   <si>
     <t>#60 Donald Erwin - RDE</t>
   </si>
   <si>
     <t>#91 Carl Brubaker - SLB</t>
   </si>
   <si>
     <t>#53 William Bacon - WLB</t>
   </si>
   <si>
     <t>12:51</t>
   </si>
   <si>
     <t>NOS 32</t>
   </si>
@@ -587,51 +587,51 @@
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>3-1-NOS 23 (11:27) 8-Jeremy Swenson ran to NOS 26 for -4 yards. Tackle by 72-Jose Ackerson.</t>
   </si>
   <si>
     <t>10:47</t>
   </si>
   <si>
     <t>NOS 26</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-4-NOS 26 (10:46) PENALTY - False Start (SEA 79-Joseph Payne)</t>
   </si>
   <si>
     <t>#15 Frank Despres - QB</t>
   </si>
   <si>
-    <t>#58 Robert Rogge - C</t>
+    <t>#70 Robert Rogge - LG</t>
   </si>
   <si>
     <t>#77 Andre Gilmer - LT</t>
   </si>
   <si>
     <t>#74 Peter Charles - LG</t>
   </si>
   <si>
     <t>#74 James Church - LDE</t>
   </si>
   <si>
     <t>#69 Manuel Hagan - RDE</t>
   </si>
   <si>
     <t>10:45</t>
   </si>
   <si>
     <t>NOS 31</t>
   </si>
   <si>
     <t>4-9-NOS 31 (10:46) 14-Raymond Jackson 48 yard field goal is GOOD. SEA 3 NOS 0</t>
   </si>
   <si>
     <t>10:41</t>
   </si>
@@ -650,51 +650,51 @@
   <si>
     <t>NOS 43</t>
   </si>
   <si>
     <t>I Formation Normal FL Hook</t>
   </si>
   <si>
     <t>1-10-NOS 43 (10:02) 19-Jimmy Law pass complete to 15-Steven Hall to NOS 49 for 6 yards. Tackle by 22-Jose Mitchell. PENALTY - Pass Interference (SEA 22-Jose Mitchell)</t>
   </si>
   <si>
     <t>#46 Brian Wells - FS</t>
   </si>
   <si>
     <t>9:57</t>
   </si>
   <si>
     <t>SEA 48</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>1-10-SEA 48 (9:58) 46-Derek Wadkins ran to SEA 41 for 7 yards. Tackle by 32-Richard Zimmerman.</t>
   </si>
   <si>
-    <t>#25 Gerald Stoughton - RB</t>
+    <t>#89 Gerald Stoughton - TE</t>
   </si>
   <si>
     <t>#31 Ignacio Hughes - TE</t>
   </si>
   <si>
     <t>#70 Ken Diaz - RDE</t>
   </si>
   <si>
     <t>9:15</t>
   </si>
   <si>
     <t>SEA 41</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>2-3-SEA 41 (9:14) 46-Derek Wadkins ran to SEA 45 for -3 yards. Tackle by 60-Dennis Johnson.</t>
   </si>
   <si>
     <t>#81 Joseph Rose - WR</t>
   </si>
@@ -902,54 +902,54 @@
   <si>
     <t>2-2-SEA 32 (0:56) 31-Ignacio Hughes ran to SEA 31 for a short gain. Tackle by 71-Evan Diaz.</t>
   </si>
   <si>
     <t>0:22</t>
   </si>
   <si>
     <t>SEA 31</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>3-2-SEA 31 (0:21) 46-Derek Wadkins ran to SEA 30 for 1 yards. Tackle by 96-Christopher Godfrey.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>4-1-SEA 30 (15:00) 1-Jack Carmody 48 yard field goal is NO GOOD. (Wide Left)</t>
   </si>
   <si>
-    <t>#5 Jack Carmody - K</t>
-[...2 lines deleted...]
-    <t>#99 Frank Myers - DT</t>
+    <t>#8 Jack Carmody - K</t>
+  </si>
+  <si>
+    <t>#53 Frank Myers - SLB</t>
   </si>
   <si>
     <t>#53 Don Morrison - SLB</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>SEA 37</t>
   </si>
   <si>
     <t>1-10-SEA 37 (14:57) 1-Theodore Bolton pass complete to 82-Rory Milner to SEA 45 for 8 yards. Tackle by 91-Carl Brubaker. PENALTY - Holding (SEA 83-Christopher Kelly)</t>
   </si>
   <si>
     <t>14:52</t>
   </si>
   <si>
     <t>SEA 27</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>1-20-SEA 27 (14:53) 8-Jeremy Swenson ran to SEA 46 for 19 yards. Tackle by 32-Nathan Michaelson.</t>
   </si>
@@ -2298,51 +2298,51 @@
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="56" max="56" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="75" max="75" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>