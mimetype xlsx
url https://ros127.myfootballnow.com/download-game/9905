--- v1 (2025-12-16)
+++ v2 (2026-01-15)
@@ -341,51 +341,51 @@
   <si>
     <t>NOS</t>
   </si>
   <si>
     <t>NOS 25</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-NOS 25 (15:00) 19-Jimmy Law sacked at NOS 15 for -10 yards (44-Elton Webb)</t>
   </si>
   <si>
     <t>#9 Jimmy Law - QB</t>
   </si>
   <si>
     <t>#46 Derek Wadkins - RB</t>
   </si>
   <si>
     <t>#25 Richard Hamm - FB</t>
   </si>
   <si>
-    <t>#39 Ignacio Tuttle - FB</t>
+    <t>#4 Ignacio Tuttle - FB</t>
   </si>
   <si>
     <t>#61 Anthony Taylor - LT</t>
   </si>
   <si>
     <t>#70 James Hutcherson - LG</t>
   </si>
   <si>
     <t>#69 Brian Call - LG</t>
   </si>
   <si>
     <t>#74 Omar Sosa - RG</t>
   </si>
   <si>
     <t>#66 Henry Lopez - RT</t>
   </si>
   <si>
     <t>#94 Dennis Johnson - DT</t>
   </si>
   <si>
     <t>#79 Evan Diaz - DT</t>
   </si>
   <si>
     <t>#59 John Montgomery - MLB</t>
   </si>
@@ -497,51 +497,51 @@
   <si>
     <t>#8 Jeremy Swenson - RB</t>
   </si>
   <si>
     <t>#37 Bryan Rodgers - RB</t>
   </si>
   <si>
     <t>#83 Christopher Kelly - FB</t>
   </si>
   <si>
     <t>#85 Rory Milner - TE</t>
   </si>
   <si>
     <t>#88 Anthony Estes - TE</t>
   </si>
   <si>
     <t>#77 Jason Russ - LT</t>
   </si>
   <si>
     <t>#68 Nicholas Shearer - LG</t>
   </si>
   <si>
     <t>#62 Eric Graham - C</t>
   </si>
   <si>
-    <t>#71 Clement Hughes - RG</t>
+    <t>#65 Clement Hughes - RG</t>
   </si>
   <si>
     <t>#65 Joseph Payne - RT</t>
   </si>
   <si>
     <t>#69 James Nunnally - DT</t>
   </si>
   <si>
     <t>#78 David Washington - DT</t>
   </si>
   <si>
     <t>#60 Donald Erwin - RDE</t>
   </si>
   <si>
     <t>#91 Carl Brubaker - SLB</t>
   </si>
   <si>
     <t>#53 William Bacon - WLB</t>
   </si>
   <si>
     <t>12:51</t>
   </si>
   <si>
     <t>NOS 32</t>
   </si>