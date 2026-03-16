--- v2 (2026-01-15)
+++ v3 (2026-03-16)
@@ -377,51 +377,51 @@
   <si>
     <t>#74 Omar Sosa - RG</t>
   </si>
   <si>
     <t>#66 Henry Lopez - RT</t>
   </si>
   <si>
     <t>#94 Dennis Johnson - DT</t>
   </si>
   <si>
     <t>#79 Evan Diaz - DT</t>
   </si>
   <si>
     <t>#59 John Montgomery - MLB</t>
   </si>
   <si>
     <t>#98 Kenneth Martin - LDE</t>
   </si>
   <si>
     <t>#95 Marshall Steve - SLB</t>
   </si>
   <si>
     <t>#72 Kevin Walter - RDE</t>
   </si>
   <si>
-    <t>#50 Bruce McKibben - WLB</t>
+    <t>#59 Bruce McKibben - WLB</t>
   </si>
   <si>
     <t>#40 Larry Reddy - CB</t>
   </si>
   <si>
     <t>#22 Jose Mitchell - CB</t>
   </si>
   <si>
     <t>#20 Richard Zimmerman - CB</t>
   </si>
   <si>
     <t>#44 Elton Webb - FS</t>
   </si>
   <si>
     <t>14:28</t>
   </si>
   <si>
     <t>NOS 15</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
@@ -599,51 +599,51 @@
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-4-NOS 26 (10:46) PENALTY - False Start (SEA 79-Joseph Payne)</t>
   </si>
   <si>
     <t>#15 Frank Despres - QB</t>
   </si>
   <si>
     <t>#70 Robert Rogge - LG</t>
   </si>
   <si>
     <t>#77 Andre Gilmer - LT</t>
   </si>
   <si>
     <t>#74 Peter Charles - LG</t>
   </si>
   <si>
     <t>#74 James Church - LDE</t>
   </si>
   <si>
-    <t>#69 Manuel Hagan - RDE</t>
+    <t>#69 Manuel Hagan - LDE</t>
   </si>
   <si>
     <t>10:45</t>
   </si>
   <si>
     <t>NOS 31</t>
   </si>
   <si>
     <t>4-9-NOS 31 (10:46) 14-Raymond Jackson 48 yard field goal is GOOD. SEA 3 NOS 0</t>
   </si>
   <si>
     <t>10:41</t>
   </si>
   <si>
     <t>(10:42) 14-Raymond Jackson kicks 70 yards from SEA 35 to NOS -5. Touchback.</t>
   </si>
   <si>
     <t>46 Normal Outside Blitz</t>
   </si>
   <si>
     <t>1-10-NOS 25 (10:42) 19-Jimmy Law pass complete to 25-Richard Hamm to NOS 43 for 18 yards. Tackle by 22-Jose Mitchell.</t>
   </si>
   <si>
     <t>10:03</t>
   </si>
@@ -905,51 +905,51 @@
   <si>
     <t>0:22</t>
   </si>
   <si>
     <t>SEA 31</t>
   </si>
   <si>
     <t>I Formation Normal HB Blast</t>
   </si>
   <si>
     <t>3-2-SEA 31 (0:21) 46-Derek Wadkins ran to SEA 30 for 1 yards. Tackle by 96-Christopher Godfrey.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>4-1-SEA 30 (15:00) 1-Jack Carmody 48 yard field goal is NO GOOD. (Wide Left)</t>
   </si>
   <si>
     <t>#8 Jack Carmody - K</t>
   </si>
   <si>
-    <t>#53 Frank Myers - SLB</t>
+    <t>#57 Frank Myers - SLB</t>
   </si>
   <si>
     <t>#53 Don Morrison - SLB</t>
   </si>
   <si>
     <t>14:56</t>
   </si>
   <si>
     <t>SEA 37</t>
   </si>
   <si>
     <t>1-10-SEA 37 (14:57) 1-Theodore Bolton pass complete to 82-Rory Milner to SEA 45 for 8 yards. Tackle by 91-Carl Brubaker. PENALTY - Holding (SEA 83-Christopher Kelly)</t>
   </si>
   <si>
     <t>14:52</t>
   </si>
   <si>
     <t>SEA 27</t>
   </si>
   <si>
     <t>Goal Line Normal HB Off Tackle</t>
   </si>
   <si>
     <t>1-20-SEA 27 (14:53) 8-Jeremy Swenson ran to SEA 46 for 19 yards. Tackle by 32-Nathan Michaelson.</t>
   </si>