--- v0 (2025-10-18)
+++ v1 (2025-12-19)
@@ -341,90 +341,90 @@
   <si>
     <t>PIT</t>
   </si>
   <si>
     <t>PIT 25</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-PIT 25 (15:00) 26-Robert Alvarez ran to PIT 27 for 2 yards. Tackle by 20-Daniel Smith.</t>
   </si>
   <si>
     <t>#5 Mark Malone - QB</t>
   </si>
   <si>
     <t>#26 Robert Alvarez - RB</t>
   </si>
   <si>
     <t>#25 James Mitchell - TE</t>
   </si>
   <si>
-    <t>#86 Gary Holleran - TE</t>
+    <t>#85 Gary Holleran - TE</t>
   </si>
   <si>
     <t>#84 Randolph Branch - WR</t>
   </si>
   <si>
     <t>#89 Paul Martin - WR</t>
   </si>
   <si>
     <t>#67 John Gomez - LT</t>
   </si>
   <si>
     <t>#69 Wesley Ellis - LG</t>
   </si>
   <si>
     <t>#56 Tim Walden - C</t>
   </si>
   <si>
     <t>#63 Thomas Ramsey - RG</t>
   </si>
   <si>
     <t>#78 Shawn Scott - RT</t>
   </si>
   <si>
     <t>#97 George Brewton - LDE</t>
   </si>
   <si>
-    <t>#68 Mitchell Houser - DT</t>
-[...2 lines deleted...]
-    <t>#77 Matt Patrick - DT</t>
+    <t>#98 Mitchell Houser - LDE</t>
+  </si>
+  <si>
+    <t>#67 Matt Patrick - DT</t>
   </si>
   <si>
     <t>#95 Arnold Carty - RDE</t>
   </si>
   <si>
     <t>#94 Ira Pena - SLB</t>
   </si>
   <si>
-    <t>#94 Michael May - MLB</t>
+    <t>#49 Michael May - SS</t>
   </si>
   <si>
     <t>#99 Jonathan Sanchez - WLB</t>
   </si>
   <si>
     <t>#23 David Walters - CB</t>
   </si>
   <si>
     <t>#44 Tony Sullivan - CB</t>
   </si>
   <si>
     <t>#20 Daniel Smith - SS</t>
   </si>
   <si>
     <t>#38 Ryan Hendrickson - FS</t>
   </si>
   <si>
     <t>14:26</t>
   </si>
   <si>
     <t>PIT 27</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
@@ -434,51 +434,51 @@
   <si>
     <t>2-8-PIT 27 (14:25) 16-Mark Malone pass complete to 89-Paul Martin to PIT 41 for 13 yards. Tackle by 99-Jonathan Sanchez.</t>
   </si>
   <si>
     <t>13:45</t>
   </si>
   <si>
     <t>PIT 41</t>
   </si>
   <si>
     <t>Goal Line Normal HB Toss Strong</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>1-10-PIT 41 (13:44) 26-Robert Alvarez ran to PIT 49 for 8 yards. Tackle by 20-Daniel Smith. PIT 25-James Mitchell was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#31 Gary Vera - RB</t>
   </si>
   <si>
     <t>#24 Rick Young - FB</t>
   </si>
   <si>
-    <t>#97 Murray Escobar - LDE</t>
+    <t>#70 Murray Escobar - DT</t>
   </si>
   <si>
     <t>13:01</t>
   </si>
   <si>
     <t>PIT 49</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>3-4 Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>2-2-PIT 49 (13:00) 26-Robert Alvarez ran to CAR 38 for 14 yards. Tackle by 23-David Walters. PIT 26-Robert Alvarez was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#91 Thomas Goodman - SLB</t>
   </si>
   <si>
     <t>12:24</t>
   </si>
   <si>
     <t>CAR 38</t>
   </si>
@@ -599,123 +599,123 @@
   <si>
     <t>7:22</t>
   </si>
   <si>
     <t>CAR 2</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-1-CAR 2 (7:21) 13-Santos Reasor 21 yard field goal is GOOD. CAR 0 PIT 3</t>
   </si>
   <si>
     <t>#9 Bryce Gomez - P</t>
   </si>
   <si>
     <t>#13 Santos Reasor - K</t>
   </si>
   <si>
     <t>#57 Ronald Owens - LG</t>
   </si>
   <si>
-    <t>#68 John Perez - RT</t>
+    <t>#50 John Perez - RT</t>
   </si>
   <si>
     <t>#75 Jesse Cain - LT</t>
   </si>
   <si>
     <t>#66 Donald Forsberg - RG</t>
   </si>
   <si>
     <t>#25 Michael Wilson - FS</t>
   </si>
   <si>
     <t>#60 Frederic Bravo - RDE</t>
   </si>
   <si>
     <t>7:18</t>
   </si>
   <si>
     <t>PIT 35</t>
   </si>
   <si>
     <t>(7:19) 13-Santos Reasor kicks 74 yards from PIT 35 to CAR -9. Touchback.</t>
   </si>
   <si>
     <t>#33 Bryan Rooney - RB</t>
   </si>
   <si>
-    <t>#39 Jerry Wilkinson - FS</t>
+    <t>#29 Jerry Wilkinson - FS</t>
   </si>
   <si>
     <t>#57 Neal Hudson - RG</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>1-10-CAR 25 (7:19) 18-James Lewis pass complete to 12-Albert Downs to CAR 27 for 2 yards. Tackle by 45-Chad Starks.</t>
   </si>
   <si>
     <t>#18 James Lewis - QB</t>
   </si>
   <si>
     <t>#34 John Broyles - RB</t>
   </si>
   <si>
     <t>#86 Jarrett Sutherland - TE</t>
   </si>
   <si>
     <t>#10 Victor Lee - WR</t>
   </si>
   <si>
     <t>#85 Albert Downs - WR</t>
   </si>
   <si>
     <t>#75 Daniel Pounds - LT</t>
   </si>
   <si>
     <t>#63 Lester Meredith - RG</t>
   </si>
   <si>
     <t>#60 Arthur Crotts - C</t>
   </si>
   <si>
     <t>#51 Andrew McLaurin - RG</t>
   </si>
   <si>
     <t>#52 Patrick Bishop - RT</t>
   </si>
   <si>
     <t>#75 Ronald Franco - DT</t>
   </si>
   <si>
-    <t>#65 Leo Morris - RDE</t>
+    <t>#90 Leo Morris - LDE</t>
   </si>
   <si>
     <t>#99 Stephen Austin - MLB</t>
   </si>
   <si>
     <t>#45 Chad Starks - CB</t>
   </si>
   <si>
     <t>#48 Willie Daniel - SS</t>
   </si>
   <si>
     <t>6:38</t>
   </si>
   <si>
     <t>CAR 27</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>2-8-CAR 27 (6:37) 41-Bryan Rooney ran to CAR 38 for 11 yards. 41-Bryan Rooney FUMBLES (44-Jimmie Winton) recovered by PIT-49-Craig King to CAR 34 for 4 yards. Tackle by 50-Lester Meredith.</t>
   </si>
   <si>
     <t>#36 Jessie Good - RB</t>
   </si>
@@ -800,51 +800,51 @@
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>3-8-CAR 44 (3:50) 18-James Lewis pass Pass knocked down by 49-Craig King. incomplete, intended for 86-Jarrett Sutherland.</t>
   </si>
   <si>
     <t>3:47</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-8-CAR 44 (3:48) 10-Joseph Hayslett punts 58 yards to PIT -2.4-8-CAR 44 (3:48) 10-Joseph Hayslett punts 58 yards to PIT -2. Touchback.</t>
   </si>
   <si>
     <t>#10 Joseph Hayslett - P</t>
   </si>
   <si>
     <t>#76 Robert Edwards - RT</t>
   </si>
   <si>
-    <t>#95 Valentine Derrick - RDE</t>
+    <t>#51 Valentine Derrick - RDE</t>
   </si>
   <si>
     <t>3:38</t>
   </si>
   <si>
     <t>PIT 20</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-PIT 20 (3:39) 26-Robert Alvarez ran to PIT 20 for a short loss. Tackle by 99-Jonathan Sanchez.</t>
   </si>
   <si>
     <t>3:05</t>
   </si>
   <si>
     <t>2-10-PIT 20 (3:04) 26-Robert Alvarez ran to PIT 21 for 1 yards. Tackle by 68-Mitchell Houser. 56-Tim Walden was completely beat on that play.</t>
   </si>
   <si>
     <t>2:30</t>
   </si>
@@ -1787,51 +1787,51 @@
   <si>
     <t>1:49</t>
   </si>
   <si>
     <t>1:46</t>
   </si>
   <si>
     <t>2-11-PIT 29 (1:47) 41-Bryan Rooney ran to PIT 22 for 7 yards. Tackle by 48-Willie Daniel.</t>
   </si>
   <si>
     <t>PIT 22</t>
   </si>
   <si>
     <t>Nickel Strong CB3 Blitz Zone</t>
   </si>
   <si>
     <t>3-4-PIT 22 (1:11) 34-John Broyles ran to PIT 19 for 3 yards. Tackle by 42-Gregory Kiesel.</t>
   </si>
   <si>
     <t>PIT 19</t>
   </si>
   <si>
     <t>4-1-PIT 19 (0:26) 1-George Fiske 38 yard field goal is GOOD. CAR 21 PIT 12</t>
   </si>
   <si>
-    <t>#65 Charles Williams - RT</t>
+    <t>#65 Charles Williams - RG</t>
   </si>
   <si>
     <t>0:22</t>
   </si>
   <si>
     <t>(0:23) 1-George Fiske kicks 68 yards from CAR 35 to PIT -3. 80-Michael Ortiz to PIT 33 for 36 yards. Tackle by 44-Tony Sullivan.</t>
   </si>
   <si>
     <t>0:17</t>
   </si>
   <si>
     <t>1-10-PIT 33 (0:18) 16-Mark Malone pass complete to 88-Gary Holleran to PIT 46 for 13 yards. Tackle by 55-Thomas Goodman. 88-Gary Holleran did some fancy footwork there. Pressure by 58-Michael Cope.</t>
   </si>
   <si>
     <t>#95 Michael Cope - RDE</t>
   </si>
   <si>
     <t>End of fourth quarter.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -2192,95 +2192,95 @@
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="337.346" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="32" max="32" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="33" max="33" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="56" max="56" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="56" max="56" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="76" max="76" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="76" max="76" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="82" max="82" width="30.564" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">