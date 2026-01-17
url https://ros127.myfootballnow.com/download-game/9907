--- v1 (2025-12-19)
+++ v2 (2026-01-17)
@@ -599,51 +599,51 @@
   <si>
     <t>7:22</t>
   </si>
   <si>
     <t>CAR 2</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-1-CAR 2 (7:21) 13-Santos Reasor 21 yard field goal is GOOD. CAR 0 PIT 3</t>
   </si>
   <si>
     <t>#9 Bryce Gomez - P</t>
   </si>
   <si>
     <t>#13 Santos Reasor - K</t>
   </si>
   <si>
     <t>#57 Ronald Owens - LG</t>
   </si>
   <si>
-    <t>#50 John Perez - RT</t>
+    <t>#66 John Perez - RT</t>
   </si>
   <si>
     <t>#75 Jesse Cain - LT</t>
   </si>
   <si>
     <t>#66 Donald Forsberg - RG</t>
   </si>
   <si>
     <t>#25 Michael Wilson - FS</t>
   </si>
   <si>
     <t>#60 Frederic Bravo - RDE</t>
   </si>
   <si>
     <t>7:18</t>
   </si>
   <si>
     <t>PIT 35</t>
   </si>
   <si>
     <t>(7:19) 13-Santos Reasor kicks 74 yards from PIT 35 to CAR -9. Touchback.</t>
   </si>
   <si>
     <t>#33 Bryan Rooney - RB</t>
   </si>
@@ -800,51 +800,51 @@
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>3-8-CAR 44 (3:50) 18-James Lewis pass Pass knocked down by 49-Craig King. incomplete, intended for 86-Jarrett Sutherland.</t>
   </si>
   <si>
     <t>3:47</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-8-CAR 44 (3:48) 10-Joseph Hayslett punts 58 yards to PIT -2.4-8-CAR 44 (3:48) 10-Joseph Hayslett punts 58 yards to PIT -2. Touchback.</t>
   </si>
   <si>
     <t>#10 Joseph Hayslett - P</t>
   </si>
   <si>
     <t>#76 Robert Edwards - RT</t>
   </si>
   <si>
-    <t>#51 Valentine Derrick - RDE</t>
+    <t>#55 Valentine Derrick - RDE</t>
   </si>
   <si>
     <t>3:38</t>
   </si>
   <si>
     <t>PIT 20</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-PIT 20 (3:39) 26-Robert Alvarez ran to PIT 20 for a short loss. Tackle by 99-Jonathan Sanchez.</t>
   </si>
   <si>
     <t>3:05</t>
   </si>
   <si>
     <t>2-10-PIT 20 (3:04) 26-Robert Alvarez ran to PIT 21 for 1 yards. Tackle by 68-Mitchell Houser. 56-Tim Walden was completely beat on that play.</t>
   </si>
   <si>
     <t>2:30</t>
   </si>