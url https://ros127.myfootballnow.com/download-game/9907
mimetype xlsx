--- v2 (2026-01-17)
+++ v3 (2026-03-19)
@@ -653,69 +653,69 @@
   <si>
     <t>#57 Neal Hudson - RG</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>1-10-CAR 25 (7:19) 18-James Lewis pass complete to 12-Albert Downs to CAR 27 for 2 yards. Tackle by 45-Chad Starks.</t>
   </si>
   <si>
     <t>#18 James Lewis - QB</t>
   </si>
   <si>
     <t>#34 John Broyles - RB</t>
   </si>
   <si>
     <t>#86 Jarrett Sutherland - TE</t>
   </si>
   <si>
     <t>#10 Victor Lee - WR</t>
   </si>
   <si>
     <t>#85 Albert Downs - WR</t>
   </si>
   <si>
-    <t>#75 Daniel Pounds - LT</t>
+    <t>#51 Daniel Pounds - LT</t>
   </si>
   <si>
     <t>#63 Lester Meredith - RG</t>
   </si>
   <si>
     <t>#60 Arthur Crotts - C</t>
   </si>
   <si>
     <t>#51 Andrew McLaurin - RG</t>
   </si>
   <si>
     <t>#52 Patrick Bishop - RT</t>
   </si>
   <si>
     <t>#75 Ronald Franco - DT</t>
   </si>
   <si>
-    <t>#90 Leo Morris - LDE</t>
+    <t>#63 Leo Morris - LDE</t>
   </si>
   <si>
     <t>#99 Stephen Austin - MLB</t>
   </si>
   <si>
     <t>#45 Chad Starks - CB</t>
   </si>
   <si>
     <t>#48 Willie Daniel - SS</t>
   </si>
   <si>
     <t>6:38</t>
   </si>
   <si>
     <t>CAR 27</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>2-8-CAR 27 (6:37) 41-Bryan Rooney ran to CAR 38 for 11 yards. 41-Bryan Rooney FUMBLES (44-Jimmie Winton) recovered by PIT-49-Craig King to CAR 34 for 4 yards. Tackle by 50-Lester Meredith.</t>
   </si>
   <si>
     <t>#36 Jessie Good - RB</t>
   </si>
@@ -794,51 +794,51 @@
   <si>
     <t>2-8-CAR 44 (3:54) 18-James Lewis pass incomplete, intended for 41-Bryan Rooney. 99-Stephen Austin got away with a hold on that play.</t>
   </si>
   <si>
     <t>3:49</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>3-8-CAR 44 (3:50) 18-James Lewis pass Pass knocked down by 49-Craig King. incomplete, intended for 86-Jarrett Sutherland.</t>
   </si>
   <si>
     <t>3:47</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-8-CAR 44 (3:48) 10-Joseph Hayslett punts 58 yards to PIT -2.4-8-CAR 44 (3:48) 10-Joseph Hayslett punts 58 yards to PIT -2. Touchback.</t>
   </si>
   <si>
-    <t>#10 Joseph Hayslett - P</t>
+    <t>#7 Joseph Hayslett - P</t>
   </si>
   <si>
     <t>#76 Robert Edwards - RT</t>
   </si>
   <si>
     <t>#55 Valentine Derrick - RDE</t>
   </si>
   <si>
     <t>3:38</t>
   </si>
   <si>
     <t>PIT 20</t>
   </si>
   <si>
     <t>Shotgun Normal HB Delay</t>
   </si>
   <si>
     <t>Nickel Normal Man Cover 2</t>
   </si>
   <si>
     <t>1-10-PIT 20 (3:39) 26-Robert Alvarez ran to PIT 20 for a short loss. Tackle by 99-Jonathan Sanchez.</t>
   </si>
   <si>
     <t>3:05</t>
   </si>
@@ -1802,51 +1802,51 @@
   <si>
     <t>3-4-PIT 22 (1:11) 34-John Broyles ran to PIT 19 for 3 yards. Tackle by 42-Gregory Kiesel.</t>
   </si>
   <si>
     <t>PIT 19</t>
   </si>
   <si>
     <t>4-1-PIT 19 (0:26) 1-George Fiske 38 yard field goal is GOOD. CAR 21 PIT 12</t>
   </si>
   <si>
     <t>#65 Charles Williams - RG</t>
   </si>
   <si>
     <t>0:22</t>
   </si>
   <si>
     <t>(0:23) 1-George Fiske kicks 68 yards from CAR 35 to PIT -3. 80-Michael Ortiz to PIT 33 for 36 yards. Tackle by 44-Tony Sullivan.</t>
   </si>
   <si>
     <t>0:17</t>
   </si>
   <si>
     <t>1-10-PIT 33 (0:18) 16-Mark Malone pass complete to 88-Gary Holleran to PIT 46 for 13 yards. Tackle by 55-Thomas Goodman. 88-Gary Holleran did some fancy footwork there. Pressure by 58-Michael Cope.</t>
   </si>
   <si>
-    <t>#95 Michael Cope - RDE</t>
+    <t>#60 Michael Cope - RDE</t>
   </si>
   <si>
     <t>End of fourth quarter.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -2190,51 +2190,51 @@
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="337.346" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="48" max="48" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="49" max="49" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="50" max="50" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="51" max="51" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="52" max="52" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="53" max="53" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="54" max="54" width="32.992" bestFit="true" customWidth="true" style="0"/>
     <col min="55" max="55" width="29.421" bestFit="true" customWidth="true" style="0"/>