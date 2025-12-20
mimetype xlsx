--- v0 (2025-10-20)
+++ v1 (2025-12-20)
@@ -356,51 +356,51 @@
   <si>
     <t>#4 Robert Oram - QB</t>
   </si>
   <si>
     <t>#41 Jerry Carter - TE</t>
   </si>
   <si>
     <t>#80 Gerald Baxter - TE</t>
   </si>
   <si>
     <t>#83 Daniel White - WR</t>
   </si>
   <si>
     <t>#86 Roger Ploof - WR</t>
   </si>
   <si>
     <t>#84 Paul Jones - LT</t>
   </si>
   <si>
     <t>#68 Miles Singleton - LT</t>
   </si>
   <si>
     <t>#81 Christopher Baker - TE</t>
   </si>
   <si>
-    <t>#59 Jorge Kurt - RG</t>
+    <t>#68 Jorge Kurt - RG</t>
   </si>
   <si>
     <t>#65 Jason Reed - RT</t>
   </si>
   <si>
     <t>#93 Frank Morin - RDE</t>
   </si>
   <si>
     <t>#74 George Little - DT</t>
   </si>
   <si>
     <t>#67 Harold Edwards - DT</t>
   </si>
   <si>
     <t>#62 Andrew Ellsworth - DT</t>
   </si>
   <si>
     <t>#48 Richard Donahue - DT</t>
   </si>
   <si>
     <t>#49 Don McIntosh - WLB</t>
   </si>
   <si>
     <t>#52 Isaac Sullivan - SLB</t>
   </si>
@@ -608,111 +608,111 @@
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>4-12-OAK 24 (6:18) 6-Odell Burnham 42 yard field goal is GOOD. OAK 0 LAA 3</t>
   </si>
   <si>
     <t>#18 Stanley Hummell - QB</t>
   </si>
   <si>
     <t>#6 Odell Burnham - K</t>
   </si>
   <si>
     <t>#64 William Sommer - DT</t>
   </si>
   <si>
     <t>#66 Kenneth Kitchens - C</t>
   </si>
   <si>
     <t>#43 Andrew Hicks - MLB</t>
   </si>
   <si>
     <t>#73 Robert Johnston - DT</t>
   </si>
   <si>
-    <t>#60 Gary Long - RG</t>
+    <t>#57 Gary Long - C</t>
   </si>
   <si>
     <t>#50 Daniel Rueda - RDE</t>
   </si>
   <si>
     <t>#45 Nelson Tellier - MLB</t>
   </si>
   <si>
     <t>6:14</t>
   </si>
   <si>
     <t>LAA 35</t>
   </si>
   <si>
     <t>(6:15) 6-Odell Burnham kicks 71 yards from LAA 35 to OAK -6. Touchback.</t>
   </si>
   <si>
     <t>#30 Vincent Bailey - RB</t>
   </si>
   <si>
     <t>OAK 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>Nickel Strong Double LB plus CB3 Blitz</t>
   </si>
   <si>
     <t>1-10-OAK 25 (6:15) 4-Steven Jacobs pass Pass knocked down by 46-Wayne Rao. incomplete, intended for 19-Shane Murphy. Pressure by 30-George McElroy.</t>
   </si>
   <si>
-    <t>#4 Steven Jacobs - QB</t>
+    <t>#11 Steven Jacobs - QB</t>
   </si>
   <si>
     <t>#17 Arthur Hornbeck - WR</t>
   </si>
   <si>
     <t>#17 Johnny Petty - WR</t>
   </si>
   <si>
     <t>#19 Shane Murphy - WR</t>
   </si>
   <si>
     <t>#18 Charles Berry - WR</t>
   </si>
   <si>
     <t>#77 Richard Brush - RT</t>
   </si>
   <si>
-    <t>#52 Jeffrey Thomas - C</t>
+    <t>#65 Jeffrey Thomas - C</t>
   </si>
   <si>
     <t>#55 Justin Rose - RG</t>
   </si>
   <si>
     <t>#61 Brandon Munroe - RG</t>
   </si>
   <si>
-    <t>#52 Bruce Young - LDE</t>
+    <t>#96 Bruce Young - LDE</t>
   </si>
   <si>
     <t>#94 Shon Smith - DT</t>
   </si>
   <si>
     <t>#69 Gerald Fleming - DT</t>
   </si>
   <si>
     <t>#51 John Hatley - RDE</t>
   </si>
   <si>
     <t>#29 Roy Nguyen - CB</t>
   </si>
   <si>
     <t>#24 Andres Garmon - SS</t>
   </si>
   <si>
     <t>6:10</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>2-10-OAK 25 (6:11) 4-Steven Jacobs pass complete to 18-Charles Berry to OAK 33 for 8 yards. Tackle by 34-Pasquale Hanson.</t>
   </si>
@@ -737,87 +737,87 @@
   <si>
     <t>Shotgun Normal Deep Weak In and Out</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>1-10-OAK 42 (4:59) 4-Steven Jacobs pass incomplete, dropped by 19-Shane Murphy. Pressure by 51-John Hatley.</t>
   </si>
   <si>
     <t>#88 Matthew Ayala - TE</t>
   </si>
   <si>
     <t>4:53</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Sweep</t>
   </si>
   <si>
     <t>2-10-OAK 42 (4:54) 31-Arthur Hornbeck ran to OAK 41 for a short loss. Tackle by 96-Tracy May. LAA 96-Tracy May was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#15 James Dull - WR</t>
   </si>
   <si>
-    <t>#16 Walter Christian - WR</t>
+    <t>#7 Walter Christian - WR</t>
   </si>
   <si>
     <t>4:15</t>
   </si>
   <si>
     <t>OAK 41</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>3-10-OAK 41 (4:14) 4-Steven Jacobs pass complete to 30-Vincent Bailey to OAK 48 for 7 yards. Tackle by 59-Alfred Jenkins.</t>
   </si>
   <si>
     <t>#49 Micheal Hayes - FB</t>
   </si>
   <si>
     <t>#96 Alfred Jenkins - SLB</t>
   </si>
   <si>
     <t>3:41</t>
   </si>
   <si>
     <t>OAK 48</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-OAK 48 (3:40) 2-Larry Carleton punts 52 yards to LAA 0.4-4-OAK 48 (3:40) 2-Larry Carleton punts 52 yards to LAA 0. Touchback.</t>
   </si>
   <si>
-    <t>#3 Larry Carleton - P</t>
+    <t>#9 Larry Carleton - P</t>
   </si>
   <si>
     <t>#82 William Wood - FB</t>
   </si>
   <si>
     <t>#77 Kenneth Murray - LT</t>
   </si>
   <si>
     <t>#61 Allen Peters - LG</t>
   </si>
   <si>
     <t>#71 Larry Caldwell - RT</t>
   </si>
   <si>
     <t>3:32</t>
   </si>
   <si>
     <t>LAA 20</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
   <si>
     <t>46 Normal Inside Blitz</t>
   </si>
@@ -908,51 +908,51 @@
   <si>
     <t>13:48</t>
   </si>
   <si>
     <t>LAA 44</t>
   </si>
   <si>
     <t>1-10-LAA 44 (13:47) 30-Vincent Bailey ran to LAA 30 for 14 yards. Tackle by 24-Andres Garmon.</t>
   </si>
   <si>
     <t>#40 Robert Bender - FB</t>
   </si>
   <si>
     <t>#63 Gerard Gould - RDE</t>
   </si>
   <si>
     <t>13:09</t>
   </si>
   <si>
     <t>LAA 30</t>
   </si>
   <si>
     <t>1-10-LAA 30 (13:08) 4-Steven Jacobs pass complete to 88-Matthew Ayala to LAA 25 for 5 yards. Tackle by 24-Andres Garmon.</t>
   </si>
   <si>
-    <t>#55 Michael Sullivan - LG</t>
+    <t>#1 Michael Sullivan - WR</t>
   </si>
   <si>
     <t>12:32</t>
   </si>
   <si>
     <t>I Formation Normal Cross In</t>
   </si>
   <si>
     <t>2-5-LAA 25 (12:31) 4-Steven Jacobs pass complete to 18-Charles Berry to LAA 18 for 6 yards. Tackle by 24-Andres Garmon.</t>
   </si>
   <si>
     <t>11:50</t>
   </si>
   <si>
     <t>LAA 18</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-LAA 18 (11:49) 4-Steven Jacobs pass complete to 30-Vincent Bailey to LAA 9 for 9 yards. 30-Vincent Bailey FUMBLES (34-Pasquale Hanson) recovered by LAA-34-Pasquale Hanson to LAA 16 for 7 yards.</t>
   </si>
@@ -1295,51 +1295,51 @@
   <si>
     <t>12:23</t>
   </si>
   <si>
     <t>4-13-OAK 19 (12:24) 6-Odell Burnham 37 yard field goal is GOOD. OAK 0 LAA 12</t>
   </si>
   <si>
     <t>12:20</t>
   </si>
   <si>
     <t>(12:21) 6-Odell Burnham kicks 73 yards from LAA 35 to OAK -8. Touchback.</t>
   </si>
   <si>
     <t>1-10-OAK 25 (12:21) 30-Vincent Bailey ran to OAK 28 for 3 yards. Tackle by 96-Tracy May. OAK 64-Justin Rose was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:48</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>2-7-OAK 28 (11:47) 30-Vincent Bailey ran to OAK 41 for 13 yards. Tackle by 24-Andres Garmon. LAA 29-Roy Nguyen was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#64 John Peterson - C</t>
+    <t>#78 John Peterson - C</t>
   </si>
   <si>
     <t>11:08</t>
   </si>
   <si>
     <t>1-10-OAK 41 (11:07) 31-Arthur Hornbeck ran to OAK 39 for -2 yards. Tackle by 98-Reed Brooks.</t>
   </si>
   <si>
     <t>10:26</t>
   </si>
   <si>
     <t>2-12-OAK 39 (10:25) 30-Vincent Bailey ran to OAK 39 for 1 yards. Tackle by 51-John Hatley.</t>
   </si>
   <si>
     <t>9:42</t>
   </si>
   <si>
     <t>3-11-OAK 39 (9:41) 4-Steven Jacobs pass complete to 17-Johnny Petty to LAA 47 for 13 yards. Tackle by 46-Wayne Rao.</t>
   </si>
   <si>
     <t>8:58</t>
   </si>
   <si>
     <t>LAA 47</t>
   </si>
@@ -1382,51 +1382,51 @@
   <si>
     <t>5:29</t>
   </si>
   <si>
     <t>2-4-LAA 12 (5:28) 30-Vincent Bailey ran to LAA 14 for -2 yards. Tackle by 98-Reed Brooks.</t>
   </si>
   <si>
     <t>4:54</t>
   </si>
   <si>
     <t>LAA 14</t>
   </si>
   <si>
     <t>3-6-LAA 14 (4:53) 4-Steven Jacobs sacked at LAA 22 for -9 yards (91-Bruce Young). Sack allowed by 68-Brandon Munroe.</t>
   </si>
   <si>
     <t>4:20</t>
   </si>
   <si>
     <t>LAA 22</t>
   </si>
   <si>
     <t>4-14-LAA 22 (4:19) 5-David Ledford 40 yard field goal is NO GOOD. (Wide Right)</t>
   </si>
   <si>
-    <t>#77 Jeffrey Lewis - RDE</t>
+    <t>#72 Jeffrey Lewis - DT</t>
   </si>
   <si>
     <t>1-10-LAA 29 (4:16) 83-Gerald Copley ran to LAA 37 for 8 yards. Tackle by 36-David Lyons.</t>
   </si>
   <si>
     <t>3:35</t>
   </si>
   <si>
     <t>LAA 37</t>
   </si>
   <si>
     <t>2-2-LAA 37 (3:34) 15-Robert Oram pass complete to 80-Gerald Baxter to LAA 44 for 7 yards. Tackle by 24-Robert Durham. OAK 48-Richard Donahue was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>2:57</t>
   </si>
   <si>
     <t>1-10-LAA 44 (2:56) 83-Gerald Copley ran to LAA 48 for 4 yards. Tackle by 22-Stanley Brown.</t>
   </si>
   <si>
     <t>2:24</t>
   </si>
   <si>
     <t>2-6-LAA 48 (2:23) 15-Robert Oram pass complete to 18-Nicholas Duncan to OAK 44 for 7 yards. Tackle by 22-Stanley Brown.</t>
   </si>
@@ -2119,60 +2119,60 @@
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:CD147"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="13.997" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="350.2" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="25.851" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="15" max="15" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="15" max="15" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="30.564" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="22" max="22" width="30.564" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="21" max="21" width="29.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="28" max="28" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="30" max="30" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="32" max="32" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="33" max="33" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="34" max="34" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="35" max="35" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="36" max="36" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="37" max="37" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="38" max="38" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="39" max="39" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="40" max="40" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="41" max="41" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="42" max="42" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="43" max="43" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="44" max="44" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="45" max="45" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="46" max="46" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="47" max="47" width="4.57" bestFit="true" customWidth="true" style="0"/>
@@ -2188,51 +2188,51 @@
     <col min="57" max="57" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="58" max="58" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="59" max="59" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="60" max="60" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="61" max="61" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="62" max="62" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="63" max="63" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="64" max="64" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="65" max="65" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="66" max="66" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="67" max="67" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="68" max="68" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="69" max="69" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="70" max="70" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="71" max="71" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="72" max="72" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="73" max="73" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="74" max="74" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="75" max="75" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="76" max="76" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="77" max="77" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="78" max="78" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="79" max="79" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="80" max="80" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="81" max="81" width="30.564" bestFit="true" customWidth="true" style="0"/>
-    <col min="82" max="82" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="82" max="82" width="26.993" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:82">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">