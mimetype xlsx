--- v1 (2025-12-20)
+++ v2 (2026-01-19)
@@ -644,51 +644,51 @@
   <si>
     <t>LAA 35</t>
   </si>
   <si>
     <t>(6:15) 6-Odell Burnham kicks 71 yards from LAA 35 to OAK -6. Touchback.</t>
   </si>
   <si>
     <t>#30 Vincent Bailey - RB</t>
   </si>
   <si>
     <t>OAK 25</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>Nickel Strong Double LB plus CB3 Blitz</t>
   </si>
   <si>
     <t>1-10-OAK 25 (6:15) 4-Steven Jacobs pass Pass knocked down by 46-Wayne Rao. incomplete, intended for 19-Shane Murphy. Pressure by 30-George McElroy.</t>
   </si>
   <si>
     <t>#11 Steven Jacobs - QB</t>
   </si>
   <si>
-    <t>#17 Arthur Hornbeck - WR</t>
+    <t>#2 Arthur Hornbeck - WR</t>
   </si>
   <si>
     <t>#17 Johnny Petty - WR</t>
   </si>
   <si>
     <t>#19 Shane Murphy - WR</t>
   </si>
   <si>
     <t>#18 Charles Berry - WR</t>
   </si>
   <si>
     <t>#77 Richard Brush - RT</t>
   </si>
   <si>
     <t>#65 Jeffrey Thomas - C</t>
   </si>
   <si>
     <t>#55 Justin Rose - RG</t>
   </si>
   <si>
     <t>#61 Brandon Munroe - RG</t>
   </si>
   <si>
     <t>#96 Bruce Young - LDE</t>
   </si>