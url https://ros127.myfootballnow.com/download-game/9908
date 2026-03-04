--- v2 (2026-01-19)
+++ v3 (2026-03-04)
@@ -341,60 +341,60 @@
   <si>
     <t>LAA</t>
   </si>
   <si>
     <t>LAA 25</t>
   </si>
   <si>
     <t>I Formation Normal FL Hitch</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-LAA 25 (15:00) 15-Robert Oram pass complete to 14-Daniel White to LAA 29 for 4 yards. Tackle by 20-Francisco Bolger. 14-Daniel White made a great move on the CB.</t>
   </si>
   <si>
     <t>#4 Robert Oram - QB</t>
   </si>
   <si>
     <t>#41 Jerry Carter - TE</t>
   </si>
   <si>
     <t>#80 Gerald Baxter - TE</t>
   </si>
   <si>
-    <t>#83 Daniel White - WR</t>
+    <t>#19 Daniel White - WR</t>
   </si>
   <si>
     <t>#86 Roger Ploof - WR</t>
   </si>
   <si>
     <t>#84 Paul Jones - LT</t>
   </si>
   <si>
-    <t>#68 Miles Singleton - LT</t>
+    <t>#77 Miles Singleton - LT</t>
   </si>
   <si>
     <t>#81 Christopher Baker - TE</t>
   </si>
   <si>
     <t>#68 Jorge Kurt - RG</t>
   </si>
   <si>
     <t>#65 Jason Reed - RT</t>
   </si>
   <si>
     <t>#93 Frank Morin - RDE</t>
   </si>
   <si>
     <t>#74 George Little - DT</t>
   </si>
   <si>
     <t>#67 Harold Edwards - DT</t>
   </si>
   <si>
     <t>#62 Andrew Ellsworth - DT</t>
   </si>
   <si>
     <t>#48 Richard Donahue - DT</t>
   </si>
@@ -680,54 +680,54 @@
   <si>
     <t>#77 Richard Brush - RT</t>
   </si>
   <si>
     <t>#65 Jeffrey Thomas - C</t>
   </si>
   <si>
     <t>#55 Justin Rose - RG</t>
   </si>
   <si>
     <t>#61 Brandon Munroe - RG</t>
   </si>
   <si>
     <t>#96 Bruce Young - LDE</t>
   </si>
   <si>
     <t>#94 Shon Smith - DT</t>
   </si>
   <si>
     <t>#69 Gerald Fleming - DT</t>
   </si>
   <si>
     <t>#51 John Hatley - RDE</t>
   </si>
   <si>
-    <t>#29 Roy Nguyen - CB</t>
-[...2 lines deleted...]
-    <t>#24 Andres Garmon - SS</t>
+    <t>#22 Roy Nguyen - CB</t>
+  </si>
+  <si>
+    <t>#36 Andres Garmon - SS</t>
   </si>
   <si>
     <t>6:10</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Curl</t>
   </si>
   <si>
     <t>2-10-OAK 25 (6:11) 4-Steven Jacobs pass complete to 18-Charles Berry to OAK 33 for 8 yards. Tackle by 34-Pasquale Hanson.</t>
   </si>
   <si>
     <t>5:38</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR Shotgun Dive</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>3-2-OAK 33 (5:37) 30-Vincent Bailey ran to OAK 42 for 9 yards. Tackle by 24-Andres Garmon.</t>
   </si>
   <si>
     <t>5:00</t>
   </si>
@@ -755,51 +755,51 @@
   <si>
     <t>2-10-OAK 42 (4:54) 31-Arthur Hornbeck ran to OAK 41 for a short loss. Tackle by 96-Tracy May. LAA 96-Tracy May was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>#15 James Dull - WR</t>
   </si>
   <si>
     <t>#7 Walter Christian - WR</t>
   </si>
   <si>
     <t>4:15</t>
   </si>
   <si>
     <t>OAK 41</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>3-10-OAK 41 (4:14) 4-Steven Jacobs pass complete to 30-Vincent Bailey to OAK 48 for 7 yards. Tackle by 59-Alfred Jenkins.</t>
   </si>
   <si>
     <t>#49 Micheal Hayes - FB</t>
   </si>
   <si>
-    <t>#96 Alfred Jenkins - SLB</t>
+    <t>#94 Alfred Jenkins - SLB</t>
   </si>
   <si>
     <t>3:41</t>
   </si>
   <si>
     <t>OAK 48</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-4-OAK 48 (3:40) 2-Larry Carleton punts 52 yards to LAA 0.4-4-OAK 48 (3:40) 2-Larry Carleton punts 52 yards to LAA 0. Touchback.</t>
   </si>
   <si>
     <t>#9 Larry Carleton - P</t>
   </si>
   <si>
     <t>#82 William Wood - FB</t>
   </si>
   <si>
     <t>#77 Kenneth Murray - LT</t>
   </si>
@@ -1295,51 +1295,51 @@
   <si>
     <t>12:23</t>
   </si>
   <si>
     <t>4-13-OAK 19 (12:24) 6-Odell Burnham 37 yard field goal is GOOD. OAK 0 LAA 12</t>
   </si>
   <si>
     <t>12:20</t>
   </si>
   <si>
     <t>(12:21) 6-Odell Burnham kicks 73 yards from LAA 35 to OAK -8. Touchback.</t>
   </si>
   <si>
     <t>1-10-OAK 25 (12:21) 30-Vincent Bailey ran to OAK 28 for 3 yards. Tackle by 96-Tracy May. OAK 64-Justin Rose was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>11:48</t>
   </si>
   <si>
     <t>Singleback Slot Strong HB Counter</t>
   </si>
   <si>
     <t>2-7-OAK 28 (11:47) 30-Vincent Bailey ran to OAK 41 for 13 yards. Tackle by 24-Andres Garmon. LAA 29-Roy Nguyen was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
-    <t>#78 John Peterson - C</t>
+    <t>#59 John Peterson - C</t>
   </si>
   <si>
     <t>11:08</t>
   </si>
   <si>
     <t>1-10-OAK 41 (11:07) 31-Arthur Hornbeck ran to OAK 39 for -2 yards. Tackle by 98-Reed Brooks.</t>
   </si>
   <si>
     <t>10:26</t>
   </si>
   <si>
     <t>2-12-OAK 39 (10:25) 30-Vincent Bailey ran to OAK 39 for 1 yards. Tackle by 51-John Hatley.</t>
   </si>
   <si>
     <t>9:42</t>
   </si>
   <si>
     <t>3-11-OAK 39 (9:41) 4-Steven Jacobs pass complete to 17-Johnny Petty to LAA 47 for 13 yards. Tackle by 46-Wayne Rao.</t>
   </si>
   <si>
     <t>8:58</t>
   </si>
   <si>
     <t>LAA 47</t>
   </si>