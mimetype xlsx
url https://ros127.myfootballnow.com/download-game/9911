--- v0 (2025-10-18)
+++ v1 (2025-12-18)
@@ -281,57 +281,57 @@
   <si>
     <t>ST Rusher8</t>
   </si>
   <si>
     <t>15:00</t>
   </si>
   <si>
     <t>NED has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>CIN</t>
   </si>
   <si>
     <t>CIN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 2-Archie Murphy kicks 65 yards from CIN 35 to NED 0. 36-Eugene Fortner to NED 17 for 17 yards. Tackle by 20-John Freeman.</t>
   </si>
   <si>
-    <t>#36 Eugene Fortner - RB</t>
+    <t>#37 Eugene Fortner - RB</t>
   </si>
   <si>
     <t>#92 Richard Barker - WLB</t>
   </si>
   <si>
-    <t>#38 Jamar Wells - CB</t>
+    <t>#96 Jamar Wells - WLB</t>
   </si>
   <si>
     <t>#51 Bernard Shiver - MLB</t>
   </si>
   <si>
     <t>#23 Mack Garrison - SS</t>
   </si>
   <si>
     <t>#94 Jim Vazquez - SLB</t>
   </si>
   <si>
     <t>#28 Eric Kaiser - SS</t>
   </si>
   <si>
     <t>#76 Brooks Michaud - LDE</t>
   </si>
   <si>
     <t>#49 Miguel Ruiz - CB</t>
   </si>
   <si>
     <t>#67 Kyle Ladouceur - RDE</t>
   </si>
   <si>
     <t>#29 Michael Ellison - CB</t>
   </si>
@@ -371,96 +371,96 @@
   <si>
     <t>#20 Clarence Carlton - WR</t>
   </si>
   <si>
     <t>#74 William Kung - LT</t>
   </si>
   <si>
     <t>#64 Arthur Glenn - LG</t>
   </si>
   <si>
     <t>#60 Christopher Jones - C</t>
   </si>
   <si>
     <t>#59 Grant Gallegos - RG</t>
   </si>
   <si>
     <t>#75 Jack Carnegie - RT</t>
   </si>
   <si>
     <t>#78 Efren Hernandez - LDE</t>
   </si>
   <si>
     <t>#71 Nathan Graves - DT</t>
   </si>
   <si>
-    <t>#91 Rick Gibson - RDE</t>
+    <t>#79 Rick Gibson - RDE</t>
   </si>
   <si>
     <t>#41 Jeffery Hobbs - SLB</t>
   </si>
   <si>
     <t>#44 Teddy Brownell - MLB</t>
   </si>
   <si>
     <t>#92 Heath Richardson - MLB</t>
   </si>
   <si>
     <t>#21 Bernie Brady - CB</t>
   </si>
   <si>
     <t>#22 Martin Thorton - CB</t>
   </si>
   <si>
     <t>#23 Richard Davidson - CB</t>
   </si>
   <si>
     <t>#32 Wayne Swinford - SS</t>
   </si>
   <si>
-    <t>#33 Kevin Froelich - FS</t>
+    <t>#36 Kevin Froelich - FS</t>
   </si>
   <si>
     <t>14:13</t>
   </si>
   <si>
     <t>NED 27</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>3-4 Normal Man Cover 1</t>
   </si>
   <si>
     <t>2-1-NED 27 (14:12) 8-Robert Morse pass incomplete, intended for 20-Clarence Carlton.</t>
   </si>
   <si>
     <t>#25 James Oneill - FB</t>
   </si>
   <si>
-    <t>#57 Jack Dennis - MLB</t>
+    <t>#95 Jack Dennis - MLB</t>
   </si>
   <si>
     <t>14:06</t>
   </si>
   <si>
     <t>Shotgun Normal HB Flare</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>3-1-NED 27 (14:07) 8-Robert Morse pass complete to 20-Clarence Carlton to NED 33 for 5 yards. Tackle by 23-Richard Davidson. 20-Clarence Carlton made a great move on the CB.</t>
   </si>
   <si>
     <t>#73 Donald Graham - DT</t>
   </si>
   <si>
     <t>13:32</t>
   </si>
   <si>
     <t>NED 33</t>
   </si>
   <si>
     <t>Strong I Normal HB Off Tackle Strong</t>
   </si>
@@ -683,72 +683,72 @@
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>2-10-CIN 8 (7:18) 12-Ervin Scalf pass complete to 30-Thomas Knauss to CIN 13 for 5 yards. Tackle by 33-Jamar Wells.</t>
   </si>
   <si>
     <t>6:41</t>
   </si>
   <si>
     <t>CIN 13</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line 3 Deep Man</t>
   </si>
   <si>
     <t>3-5-CIN 13 (6:40) 30-Thomas Knauss ran to CIN 15 for 2 yards. Tackle by 94-Richard Barker.</t>
   </si>
   <si>
-    <t>#30 Keith Street - RB</t>
+    <t>#13 Keith Street - RB</t>
   </si>
   <si>
     <t>#86 Darrell Grider - TE</t>
   </si>
   <si>
     <t>#72 Henry Brown - LDE</t>
   </si>
   <si>
     <t>#54 William Dotson - MLB</t>
   </si>
   <si>
     <t>5:59</t>
   </si>
   <si>
     <t>CIN 15</t>
   </si>
   <si>
     <t>4-3-CIN 15 (5:58) 4-Mark Christian punts 47 yards to NED 38. Fair Catch by 36-Eugene Fortner.</t>
   </si>
   <si>
-    <t>#9 Mark Christian - P</t>
+    <t>#2 Mark Christian - P</t>
   </si>
   <si>
     <t>#62 Matthew Primus - RG</t>
   </si>
   <si>
     <t>#68 Corey Scott - RT</t>
   </si>
   <si>
     <t>#92 Jason Salter - WLB</t>
   </si>
   <si>
     <t>5:50</t>
   </si>
   <si>
     <t>NED 38</t>
   </si>
   <si>
     <t>Shotgun Normal HB Dive</t>
   </si>
   <si>
     <t>1-10-NED 38 (5:51) 36-Eugene Fortner ran to NED 46 for 9 yards. Tackle by 32-Wayne Swinford.</t>
   </si>
   <si>
     <t>5:07</t>
   </si>
@@ -926,51 +926,51 @@
   <si>
     <t>0:21</t>
   </si>
   <si>
     <t>CIN 34</t>
   </si>
   <si>
     <t>2-1-CIN 34 (0:20) 30-Thomas Knauss ran to CIN 40 for 6 yards. Tackle by 42-Douglas Smith.</t>
   </si>
   <si>
     <t>0:00</t>
   </si>
   <si>
     <t>End of first quarter.</t>
   </si>
   <si>
     <t>CIN 40</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR RB Curls</t>
   </si>
   <si>
     <t>1-10-CIN 40 (15:00) 12-Ervin Scalf pass complete to 35-Keith Street to CIN 48 for 8 yards. Tackle by 51-Bernard Shiver. 51-Bernard Shiver got away with a hold on that play.</t>
   </si>
   <si>
-    <t>#18 Jason Pino - WR</t>
+    <t>#88 Jason Pino - WR</t>
   </si>
   <si>
     <t>14:21</t>
   </si>
   <si>
     <t>I Formation Normal HB Dive</t>
   </si>
   <si>
     <t>2-2-CIN 48 (14:20) 30-Thomas Knauss ran to NED 48 for 4 yards. Tackle by 27-Ricardo Ward.</t>
   </si>
   <si>
     <t>13:45</t>
   </si>
   <si>
     <t>NED 48</t>
   </si>
   <si>
     <t>Shotgun 2 RB 3 WR WR Hooks</t>
   </si>
   <si>
     <t>Nickel Normal 2 Deep</t>
   </si>
   <si>
     <t>1-10-NED 48 (13:44) 12-Ervin Scalf pass complete to 19-James Beamon to NED 45 for 3 yards. Tackle by 49-Miguel Ruiz.</t>
   </si>