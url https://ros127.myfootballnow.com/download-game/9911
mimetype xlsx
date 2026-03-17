--- v1 (2025-12-18)
+++ v2 (2026-03-17)
@@ -584,102 +584,102 @@
   <si>
     <t>Shotgun 2 RB 3 WR Strong Deep</t>
   </si>
   <si>
     <t>3-11-CIN 32 (8:13) 8-Robert Morse sacked at CIN 41 for -9 yards (79-Andrew Delmonte). Sack allowed by 70-Jack Carnegie. CIN 79-Andrew Delmonte was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>7:30</t>
   </si>
   <si>
     <t>CIN 41</t>
   </si>
   <si>
     <t>Punt</t>
   </si>
   <si>
     <t>Punt Return</t>
   </si>
   <si>
     <t>4-20-CIN 41 (7:29) 16-Bennie Peters punts 33 yards to CIN 8.</t>
   </si>
   <si>
     <t>#16 Bennie Peters - P</t>
   </si>
   <si>
-    <t>#53 Oscar Osborne - RT</t>
+    <t>#63 Oscar Osborne - RT</t>
   </si>
   <si>
     <t>#19 James Beamon - WR</t>
   </si>
   <si>
     <t>#49 John  Randle - WLB</t>
   </si>
   <si>
     <t>#68 Thomas Gates - LT</t>
   </si>
   <si>
     <t>#72 Robert Esposito - DT</t>
   </si>
   <si>
     <t>7:20</t>
   </si>
   <si>
     <t>CIN 8</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Under Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-CIN 8 (7:21) 12-Ervin Scalf pass Pass knocked down by 33-Jamar Wells. incomplete, intended for 17-Lawrence Alvarez.</t>
   </si>
   <si>
     <t>#5 Ervin Scalf - QB</t>
   </si>
   <si>
     <t>#30 Thomas Knauss - RB</t>
   </si>
   <si>
     <t>#37 Cesar Dunbar - FB</t>
   </si>
   <si>
     <t>#88 James Caston - TE</t>
   </si>
   <si>
     <t>#17 Lawrence Alvarez - WR</t>
   </si>
   <si>
     <t>#69 Richard Amedee - LT</t>
   </si>
   <si>
     <t>#63 Gary Smith - LG</t>
   </si>
   <si>
-    <t>#59 Dwayne Aviles - C</t>
+    <t>#68 Dwayne Aviles - C</t>
   </si>
   <si>
     <t>#64 Darren Dowdy - RG</t>
   </si>
   <si>
     <t>#66 Ross Johnson - RT</t>
   </si>
   <si>
     <t>#95 Robert Stone - DT</t>
   </si>
   <si>
     <t>#65 Hector Savage - DT</t>
   </si>
   <si>
     <t>#42 Douglas Smith - FS</t>
   </si>
   <si>
     <t>#27 Ricardo Ward - FS</t>
   </si>
   <si>
     <t>7:17</t>
   </si>
   <si>
     <t>Weak I Normal WR Corner TE Middle</t>
   </si>
@@ -1706,51 +1706,51 @@
   <si>
     <t>2-9-CIN 41 (10:58) 30-Thomas Knauss ran to CIN 39 for -3 yards. Tackle by 51-Bernard Shiver.</t>
   </si>
   <si>
     <t>CIN 39</t>
   </si>
   <si>
     <t>3-11-CIN 39 (10:20) 35-Keith Street ran to CIN 46 for 8 yards. Tackle by 42-Douglas Smith.</t>
   </si>
   <si>
     <t>9:44</t>
   </si>
   <si>
     <t>4-4-CIN 46 (9:43) 4-Mark Christian punts 61 yards to NED -7.4-4-CIN 46 (9:43) 4-Mark Christian punts 61 yards to NED -7. Touchback.</t>
   </si>
   <si>
     <t>9:34</t>
   </si>
   <si>
     <t>NED 20</t>
   </si>
   <si>
     <t>1-10-NED 20 (9:35) 8-Robert Morse pass complete to 13-Robert Cook to NED 29 for 9 yards. Tackle by 22-Martin Thorton.</t>
   </si>
   <si>
-    <t>#45 Fernando Green - SLB</t>
+    <t>#79 Fernando Green - LDE</t>
   </si>
   <si>
     <t>9:15</t>
   </si>
   <si>
     <t>2-1-NED 29 (9:14) 8-Robert Morse pass complete to 13-Robert Cook to NED 33 for 4 yards. Tackle by 22-Martin Thorton.</t>
   </si>
   <si>
     <t>8:51</t>
   </si>
   <si>
     <t>1-10-NED 33 (8:50) 8-Robert Morse pass complete to 20-Clarence Carlton to NED 36 for 3 yards. Tackle by 22-Martin Thorton.</t>
   </si>
   <si>
     <t>8:27</t>
   </si>
   <si>
     <t>2-7-NED 36 (8:26) 8-Robert Morse pass complete to 80-Jesse Darling to NED 49 for 12 yards. Tackle by 44-Teddy Brownell.</t>
   </si>
   <si>
     <t>8:05</t>
   </si>
   <si>
     <t>1-10-NED 49 (8:04) 8-Robert Morse pass complete to 36-Eugene Fortner to CIN 47 for 5 yards. Tackle by 32-Wayne Swinford.</t>
   </si>