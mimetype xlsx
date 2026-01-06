--- v0 (2025-11-05)
+++ v1 (2026-01-06)
@@ -335,111 +335,111 @@
   <si>
     <t>#92 John Baker - LDE</t>
   </si>
   <si>
     <t>#7 Richard Schutt - K</t>
   </si>
   <si>
     <t>CLE</t>
   </si>
   <si>
     <t>CLE 25</t>
   </si>
   <si>
     <t>I Formation Normal SE Post</t>
   </si>
   <si>
     <t>4-3 Normal Double Safety Blitz</t>
   </si>
   <si>
     <t>1-10-CLE 25 (15:00) 18-Robert Williams pass complete to 81-Tom Eady to CLE 47 for 22 yards. Tackle by 57-William Vinson.</t>
   </si>
   <si>
     <t>#18 Robert Williams - QB</t>
   </si>
   <si>
-    <t>#47 Michael Duncan - RB</t>
+    <t>#8 Michael Duncan - RB</t>
   </si>
   <si>
     <t>#43 Joshua Avila - FB</t>
   </si>
   <si>
     <t>#86 Tom Eady - TE</t>
   </si>
   <si>
     <t>#89 Henry Wagner - WR</t>
   </si>
   <si>
     <t>#86 Eric Ouellette - WR</t>
   </si>
   <si>
     <t>#78 Billy Austin - LT</t>
   </si>
   <si>
     <t>#66 Derrick Crum - LG</t>
   </si>
   <si>
     <t>#73 Clark Rankin - LG</t>
   </si>
   <si>
-    <t>#67 Kyle McCall - LT</t>
+    <t>#57 Kyle McCall - C</t>
   </si>
   <si>
     <t>#79 Bruce Vandyke - RT</t>
   </si>
   <si>
     <t>#62 Edward Larson - LDE</t>
   </si>
   <si>
-    <t>#70 Brian Watts - DT</t>
+    <t>#59 Brian Watts - DT</t>
   </si>
   <si>
     <t>#96 Joshua Kenworthy - DT</t>
   </si>
   <si>
-    <t>#68 Michael Neil - LDE</t>
+    <t>#77 Michael Neil - LDE</t>
   </si>
   <si>
     <t>#96 Danny Samuels - SLB</t>
   </si>
   <si>
-    <t>#56 Christopher Ritchey - MLB</t>
+    <t>#43 Christopher Ritchey - WLB</t>
   </si>
   <si>
     <t>#57 William Vinson - WLB</t>
   </si>
   <si>
     <t>#36 Ronald Dunklin - CB</t>
   </si>
   <si>
     <t>#32 David Tolbert - CB</t>
   </si>
   <si>
     <t>#20 Alexander Spinks - SS</t>
   </si>
   <si>
-    <t>#43 Justin Bishop - FS</t>
+    <t>#42 Justin Bishop - FS</t>
   </si>
   <si>
     <t>14:25</t>
   </si>
   <si>
     <t>CLE 47</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Normal 4 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-CLE 47 (14:24) 18-Robert Williams pass complete to 22-Michael Duncan to KCY 49 for 4 yards. Tackle by 57-William Vinson.</t>
   </si>
   <si>
     <t>13:46</t>
   </si>
   <si>
     <t>KCY 49</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
@@ -506,51 +506,51 @@
   <si>
     <t>#47 Steven Mayhugh - RB</t>
   </si>
   <si>
     <t>#23 Clifton Crabtree - FB</t>
   </si>
   <si>
     <t>#89 Daniel Hunter - TE</t>
   </si>
   <si>
     <t>#83 Edward Webb - FB</t>
   </si>
   <si>
     <t>#58 Kyle Dempsey - RT</t>
   </si>
   <si>
     <t>#66 Alexander Perales - LG</t>
   </si>
   <si>
     <t>#65 Jimmy Kimball - C</t>
   </si>
   <si>
     <t>#79 Walter McDowell - RG</t>
   </si>
   <si>
-    <t>#65 Donald Lloyd - RT</t>
+    <t>#77 Donald Lloyd - RT</t>
   </si>
   <si>
     <t>#71 Thomas Wang - RDE</t>
   </si>
   <si>
     <t>#94 William Born - DT</t>
   </si>
   <si>
     <t>#78 Charles Mosser - DT</t>
   </si>
   <si>
     <t>#55 Rodney Wall - WLB</t>
   </si>
   <si>
     <t>#58 Edward Pennington - WLB</t>
   </si>
   <si>
     <t>11:41</t>
   </si>
   <si>
     <t>KCY 14</t>
   </si>
   <si>
     <t>Singleback Normal Post Corner</t>
   </si>