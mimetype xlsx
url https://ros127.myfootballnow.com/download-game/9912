--- v1 (2026-01-06)
+++ v2 (2026-02-04)
@@ -389,51 +389,51 @@
   <si>
     <t>#62 Edward Larson - LDE</t>
   </si>
   <si>
     <t>#59 Brian Watts - DT</t>
   </si>
   <si>
     <t>#96 Joshua Kenworthy - DT</t>
   </si>
   <si>
     <t>#77 Michael Neil - LDE</t>
   </si>
   <si>
     <t>#96 Danny Samuels - SLB</t>
   </si>
   <si>
     <t>#43 Christopher Ritchey - WLB</t>
   </si>
   <si>
     <t>#57 William Vinson - WLB</t>
   </si>
   <si>
     <t>#36 Ronald Dunklin - CB</t>
   </si>
   <si>
-    <t>#32 David Tolbert - CB</t>
+    <t>#23 David Tolbert - CB</t>
   </si>
   <si>
     <t>#20 Alexander Spinks - SS</t>
   </si>
   <si>
     <t>#42 Justin Bishop - FS</t>
   </si>
   <si>
     <t>14:25</t>
   </si>
   <si>
     <t>CLE 47</t>
   </si>
   <si>
     <t>I Formation Normal PA Outside Curls</t>
   </si>
   <si>
     <t>4-3 Normal 4 Deep Zone Under</t>
   </si>
   <si>
     <t>1-10-CLE 47 (14:24) 18-Robert Williams pass complete to 22-Michael Duncan to KCY 49 for 4 yards. Tackle by 57-William Vinson.</t>
   </si>
   <si>
     <t>13:46</t>
   </si>
@@ -1778,51 +1778,51 @@
   <si>
     <t>Split Backs 3 Wide WR2 Deep Post</t>
   </si>
   <si>
     <t>Nickel Blitz Stunt Blitz</t>
   </si>
   <si>
     <t>2-10-KCY 22 (1:48) 4-Arnold Davis pass Pass knocked down by 40-Robert Horowitz. incomplete, intended for 12-Cecil Sarno.</t>
   </si>
   <si>
     <t>1:44</t>
   </si>
   <si>
     <t>3-10-KCY 22 (1:45) 4-Arnold Davis pass complete to 18-Mark Kelso to KCY 40 for 18 yards. Tackle by 25-Homer Pelton.</t>
   </si>
   <si>
     <t>1:40</t>
   </si>
   <si>
     <t>Timeout KCY</t>
   </si>
   <si>
     <t>1-10-KCY 40 (1:38) 23-Clifton Crabtree ran to KCY 42 for 2 yards. Tackle by 98-Rodney Wall.</t>
   </si>
   <si>
-    <t>#30 James Peterson - RB</t>
+    <t>#44 James Peterson - RB</t>
   </si>
   <si>
     <t>1:35</t>
   </si>
   <si>
     <t>1:33</t>
   </si>
   <si>
     <t>2-8-KCY 42 (1:34) 4-Arnold Davis pass complete to 18-Mark Kelso to CLE 48 for 10 yards. Tackle by 40-Robert Horowitz. CLE 26-Lee Ingraham was injured on the play.</t>
   </si>
   <si>
     <t>1:18</t>
   </si>
   <si>
     <t>1-10-CLE 48 (1:17) PENALTY - False Start (KCY 4-Arnold Davis)</t>
   </si>
   <si>
     <t>1:16</t>
   </si>
   <si>
     <t>1-15-KCY 47 (1:17) 4-Arnold Davis pass Pass knocked down by 38-Aaron Anderson. incomplete, intended for 12-Cecil Sarno.</t>
   </si>
   <si>
     <t>1:13</t>
   </si>