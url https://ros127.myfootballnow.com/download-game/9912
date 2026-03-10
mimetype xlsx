--- v2 (2026-02-04)
+++ v3 (2026-03-10)
@@ -290,51 +290,51 @@
   <si>
     <t>KCY</t>
   </si>
   <si>
     <t>KCY 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 7-Richard Schutt kicks 70 yards from KCY 35 to CLE -5. Touchback.</t>
   </si>
   <si>
     <t>#15 Robert Dwyer - WR</t>
   </si>
   <si>
     <t>#47 Charles Burkart - SS</t>
   </si>
   <si>
     <t>#99 Jimmy Horvath - RDE</t>
   </si>
   <si>
-    <t>#38 Aaron Anderson - CB</t>
+    <t>#29 Aaron Anderson - CB</t>
   </si>
   <si>
     <t>#59 Brian Gowins - WLB</t>
   </si>
   <si>
     <t>#33 Lee Ingraham - CB</t>
   </si>
   <si>
     <t>#30 Timothy Barriga - SS</t>
   </si>
   <si>
     <t>#22 Matthew Wilson - FS</t>
   </si>
   <si>
     <t>#40 Robert Horowitz - FS</t>
   </si>
   <si>
     <t>#57 Joseph Pulliam - SLB</t>
   </si>
   <si>
     <t>#92 John Baker - LDE</t>
   </si>
   <si>
     <t>#7 Richard Schutt - K</t>
   </si>
@@ -377,51 +377,51 @@
   <si>
     <t>#66 Derrick Crum - LG</t>
   </si>
   <si>
     <t>#73 Clark Rankin - LG</t>
   </si>
   <si>
     <t>#57 Kyle McCall - C</t>
   </si>
   <si>
     <t>#79 Bruce Vandyke - RT</t>
   </si>
   <si>
     <t>#62 Edward Larson - LDE</t>
   </si>
   <si>
     <t>#59 Brian Watts - DT</t>
   </si>
   <si>
     <t>#96 Joshua Kenworthy - DT</t>
   </si>
   <si>
     <t>#77 Michael Neil - LDE</t>
   </si>
   <si>
-    <t>#96 Danny Samuels - SLB</t>
+    <t>#59 Danny Samuels - SLB</t>
   </si>
   <si>
     <t>#43 Christopher Ritchey - WLB</t>
   </si>
   <si>
     <t>#57 William Vinson - WLB</t>
   </si>
   <si>
     <t>#36 Ronald Dunklin - CB</t>
   </si>
   <si>
     <t>#23 David Tolbert - CB</t>
   </si>
   <si>
     <t>#20 Alexander Spinks - SS</t>
   </si>
   <si>
     <t>#42 Justin Bishop - FS</t>
   </si>
   <si>
     <t>14:25</t>
   </si>
   <si>
     <t>CLE 47</t>
   </si>
@@ -638,51 +638,51 @@
   <si>
     <t>CLE 39</t>
   </si>
   <si>
     <t>I Formation 3WR Slot Short WR Deep</t>
   </si>
   <si>
     <t>Nickel Normal 3 Deep Man Under</t>
   </si>
   <si>
     <t>3-5-CLE 39 (9:26) 18-Robert Williams pass complete to 22-Michael Duncan to CLE 43 for 4 yards. Tackle by 32-David Tolbert.</t>
   </si>
   <si>
     <t>8:42</t>
   </si>
   <si>
     <t>CLE 43</t>
   </si>
   <si>
     <t>4-1-CLE 43 (8:41) 19-Larry Smith punts 51 yards to KCY 6. Fair Catch by 88-James Gilliard.</t>
   </si>
   <si>
     <t>#6 Larry Smith - P</t>
   </si>
   <si>
-    <t>#50 Ray Smith - C</t>
+    <t>#50 Ray Smith - LT</t>
   </si>
   <si>
     <t>#88 James Gilliard - WR</t>
   </si>
   <si>
     <t>#49 Harry Litchfield - SS</t>
   </si>
   <si>
     <t>#95 Graham Tobin - MLB</t>
   </si>
   <si>
     <t>#42 Henry Diamond - FS</t>
   </si>
   <si>
     <t>#74 James Kim - LG</t>
   </si>
   <si>
     <t>#47 Adrian Leming - WLB</t>
   </si>
   <si>
     <t>#51 Charles Volkert - MLB</t>
   </si>
   <si>
     <t>#57 Kenneth Williams - DT</t>
   </si>