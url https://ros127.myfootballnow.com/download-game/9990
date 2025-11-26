--- v0 (2025-11-01)
+++ v1 (2025-11-26)
@@ -287,66 +287,66 @@
   <si>
     <t>KCY has won the toss and elected to receive.</t>
   </si>
   <si>
     <t>MIN</t>
   </si>
   <si>
     <t>MIN 35</t>
   </si>
   <si>
     <t>Kickoff</t>
   </si>
   <si>
     <t>Kick Return</t>
   </si>
   <si>
     <t>(15:00) 5-Brian Frost kicks 75 yards from MIN 35 to KCY -10. Touchback.</t>
   </si>
   <si>
     <t>#88 James Gilliard - WR</t>
   </si>
   <si>
     <t>#57 Kenneth Williams - DT</t>
   </si>
   <si>
-    <t>#68 Michael Neil - LDE</t>
+    <t>#77 Michael Neil - LDE</t>
   </si>
   <si>
     <t>#20 Alexander Spinks - SS</t>
   </si>
   <si>
     <t>#49 Harry Litchfield - SS</t>
   </si>
   <si>
     <t>#53 Kenneth Hatton - MLB</t>
   </si>
   <si>
     <t>#95 Graham Tobin - MLB</t>
   </si>
   <si>
-    <t>#70 Brian Watts - DT</t>
+    <t>#59 Brian Watts - DT</t>
   </si>
   <si>
     <t>#96 Joshua Kenworthy - DT</t>
   </si>
   <si>
     <t>#47 Adrian Leming - WLB</t>
   </si>
   <si>
     <t>#42 Henry Diamond - FS</t>
   </si>
   <si>
     <t>#5 Brian Frost - K</t>
   </si>
   <si>
     <t>KCY</t>
   </si>
   <si>
     <t>KCY 25</t>
   </si>
   <si>
     <t>Goal Line Normal HB Pitch Weak</t>
   </si>
   <si>
     <t>Goal Line Attack #2</t>
   </si>
@@ -383,51 +383,51 @@
   <si>
     <t>#55 Scott McCleskey - RG</t>
   </si>
   <si>
     <t>#61 Steven Johnson - RT</t>
   </si>
   <si>
     <t>#95 William Mannings - LDE</t>
   </si>
   <si>
     <t>#91 Philip Reyes - RDE</t>
   </si>
   <si>
     <t>#99 Juan Gregory - DT</t>
   </si>
   <si>
     <t>#94 Enoch Wilson - DT</t>
   </si>
   <si>
     <t>#93 James Smith - RDE</t>
   </si>
   <si>
     <t>#50 Jeffrey McDonald - SLB</t>
   </si>
   <si>
-    <t>#59 Gregory Morgan - MLB</t>
+    <t>#56 Gregory Morgan - MLB</t>
   </si>
   <si>
     <t>#52 Gilbert Therrien - WLB</t>
   </si>
   <si>
     <t>#39 Paul Cash - CB</t>
   </si>
   <si>
     <t>#37 Harry Gladden - CB</t>
   </si>
   <si>
     <t>#29 Samuel Aaron - SS</t>
   </si>
   <si>
     <t>14:18</t>
   </si>
   <si>
     <t>KCY 28</t>
   </si>
   <si>
     <t>I Formation 3WR HB Toss Strong</t>
   </si>
   <si>
     <t>Nickel Strong Cover 2</t>
   </si>
@@ -527,81 +527,81 @@
   <si>
     <t>#42 Trent Jackson - FB</t>
   </si>
   <si>
     <t>#88 Billy Edmonds - TE</t>
   </si>
   <si>
     <t>#85 William Johnson - WR</t>
   </si>
   <si>
     <t>#69 John Degree - RG</t>
   </si>
   <si>
     <t>#63 Lenard Wilson - RG</t>
   </si>
   <si>
     <t>#64 Martin Woodward - C</t>
   </si>
   <si>
     <t>#68 Milton Carter - RT</t>
   </si>
   <si>
     <t>#96 Danny Samuels - SLB</t>
   </si>
   <si>
-    <t>#56 Christopher Ritchey - MLB</t>
+    <t>#43 Christopher Ritchey - WLB</t>
   </si>
   <si>
     <t>#57 William Vinson - WLB</t>
   </si>
   <si>
     <t>#36 Ronald Dunklin - CB</t>
   </si>
   <si>
     <t>#32 David Tolbert - CB</t>
   </si>
   <si>
     <t>#45 John Dancy - FS</t>
   </si>
   <si>
-    <t>#43 Justin Bishop - FS</t>
+    <t>#42 Justin Bishop - FS</t>
   </si>
   <si>
     <t>12:06</t>
   </si>
   <si>
     <t>MIN 26</t>
   </si>
   <si>
     <t>2-6-MIN 26 (12:05) 44-Antonio Dawson ran to MIN 29 for 3 yards. Tackle by 56-Christopher Ritchey.</t>
   </si>
   <si>
     <t>#39 Denny Jones - RB</t>
   </si>
   <si>
-    <t>#87 Fred Jones - TE</t>
+    <t>#43 Fred Jones - RB</t>
   </si>
   <si>
     <t>11:26</t>
   </si>
   <si>
     <t>MIN 29</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>3-3-MIN 29 (11:25) 44-Antonio Dawson ran to MIN 40 for 10 yards. Tackle by 36-Ronald Dunklin.</t>
   </si>
   <si>
     <t>10:44</t>
   </si>
   <si>
     <t>MIN 40</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
@@ -1097,51 +1097,51 @@
   <si>
     <t>MIN 5</t>
   </si>
   <si>
     <t>3-5-MIN 5 (5:42) 19-Richard Welch ran for 5 yards. TOUCHDOWN! KCY 6 MIN 0</t>
   </si>
   <si>
     <t>#51 Jeremy Lake - SLB</t>
   </si>
   <si>
     <t>MIN 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(5:38) Extra point GOOD by 7-Richard Schutt. KCY 7 MIN 0</t>
   </si>
   <si>
     <t>#7 Richard Schutt - K</t>
   </si>
   <si>
-    <t>#65 Donald Lloyd - RT</t>
+    <t>#77 Donald Lloyd - RT</t>
   </si>
   <si>
     <t>(5:38) 7-Richard Schutt kicks 70 yards from KCY 35 to MIN -5. Touchback.</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Slot Post</t>
   </si>
   <si>
     <t>1-10-MIN 25 (5:38) 13-Ernest Forney pass Pass knocked down by 57-William Vinson. incomplete, intended for 86-James Breen.</t>
   </si>
   <si>
     <t>5:32</t>
   </si>
   <si>
     <t>Singleback Big WR Deep</t>
   </si>
   <si>
     <t>4-3 Normal Man QB Spy</t>
   </si>
   <si>
     <t>2-10-MIN 25 (5:33) 13-Ernest Forney pass complete to 81-Robert Stroup to MIN 46 for 21 yards. Tackle by 36-Ronald Dunklin.</t>
   </si>
   <si>
     <t>4:49</t>
   </si>