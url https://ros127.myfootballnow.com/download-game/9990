--- v1 (2025-11-26)
+++ v2 (2026-01-08)
@@ -1079,51 +1079,51 @@
   <si>
     <t>1-3-MIN 3 (7:11) 35-Fred Mach ran to MIN 6 for -2 yards. Tackle by 43-Paul Cash. KCY 66-Alexander Perales was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>6:25</t>
   </si>
   <si>
     <t>MIN 6</t>
   </si>
   <si>
     <t>Nickel Normal Shallow Zone Deep</t>
   </si>
   <si>
     <t>2-6-MIN 6 (6:24) 23-Clifton Crabtree ran to MIN 5 for 1 yards. Tackle by 98-Kenneth Mueller.</t>
   </si>
   <si>
     <t>5:43</t>
   </si>
   <si>
     <t>MIN 5</t>
   </si>
   <si>
     <t>3-5-MIN 5 (5:42) 19-Richard Welch ran for 5 yards. TOUCHDOWN! KCY 6 MIN 0</t>
   </si>
   <si>
-    <t>#51 Jeremy Lake - SLB</t>
+    <t>#50 Jeremy Lake - SLB</t>
   </si>
   <si>
     <t>MIN 15</t>
   </si>
   <si>
     <t>Field Goal</t>
   </si>
   <si>
     <t>FG Block</t>
   </si>
   <si>
     <t>(5:38) Extra point GOOD by 7-Richard Schutt. KCY 7 MIN 0</t>
   </si>
   <si>
     <t>#7 Richard Schutt - K</t>
   </si>
   <si>
     <t>#77 Donald Lloyd - RT</t>
   </si>
   <si>
     <t>(5:38) 7-Richard Schutt kicks 70 yards from KCY 35 to MIN -5. Touchback.</t>
   </si>
   <si>
     <t>Split Backs 3 Wide Slot Post</t>
   </si>