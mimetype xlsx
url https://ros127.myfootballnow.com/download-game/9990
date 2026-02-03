--- v2 (2026-01-08)
+++ v3 (2026-02-03)
@@ -536,72 +536,72 @@
   <si>
     <t>#69 John Degree - RG</t>
   </si>
   <si>
     <t>#63 Lenard Wilson - RG</t>
   </si>
   <si>
     <t>#64 Martin Woodward - C</t>
   </si>
   <si>
     <t>#68 Milton Carter - RT</t>
   </si>
   <si>
     <t>#96 Danny Samuels - SLB</t>
   </si>
   <si>
     <t>#43 Christopher Ritchey - WLB</t>
   </si>
   <si>
     <t>#57 William Vinson - WLB</t>
   </si>
   <si>
     <t>#36 Ronald Dunklin - CB</t>
   </si>
   <si>
-    <t>#32 David Tolbert - CB</t>
+    <t>#23 David Tolbert - CB</t>
   </si>
   <si>
     <t>#45 John Dancy - FS</t>
   </si>
   <si>
     <t>#42 Justin Bishop - FS</t>
   </si>
   <si>
     <t>12:06</t>
   </si>
   <si>
     <t>MIN 26</t>
   </si>
   <si>
     <t>2-6-MIN 26 (12:05) 44-Antonio Dawson ran to MIN 29 for 3 yards. Tackle by 56-Christopher Ritchey.</t>
   </si>
   <si>
     <t>#39 Denny Jones - RB</t>
   </si>
   <si>
-    <t>#43 Fred Jones - RB</t>
+    <t>#43 Fred Jones - WR</t>
   </si>
   <si>
     <t>11:26</t>
   </si>
   <si>
     <t>MIN 29</t>
   </si>
   <si>
     <t>Weak I Normal HB Inside Strong</t>
   </si>
   <si>
     <t>4-3 Under Shallow Right Zone</t>
   </si>
   <si>
     <t>3-3-MIN 29 (11:25) 44-Antonio Dawson ran to MIN 40 for 10 yards. Tackle by 36-Ronald Dunklin.</t>
   </si>
   <si>
     <t>10:44</t>
   </si>
   <si>
     <t>MIN 40</t>
   </si>
   <si>
     <t>4-3 Under 2 Deep Flat Outside</t>
   </si>
@@ -1010,51 +1010,51 @@
   <si>
     <t>#12 Cecil Sarno - WR</t>
   </si>
   <si>
     <t>10:17</t>
   </si>
   <si>
     <t>2-8-MIN 23 (10:16) 14-Steven Kirby ran to MIN 17 for 7 yards. Tackle by 37-Harry Gladden.</t>
   </si>
   <si>
     <t>#47 Steven Mayhugh - RB</t>
   </si>
   <si>
     <t>10:13</t>
   </si>
   <si>
     <t>Timeout KCY</t>
   </si>
   <si>
     <t>9:45</t>
   </si>
   <si>
     <t>3-1-MIN 17 (9:46) 39-Steven Mayhugh ran to MIN 13 for 3 yards. Tackle by 51-Gregory Morgan.</t>
   </si>
   <si>
-    <t>#30 James Peterson - RB</t>
+    <t>#44 James Peterson - RB</t>
   </si>
   <si>
     <t>9:14</t>
   </si>
   <si>
     <t>MIN 13</t>
   </si>
   <si>
     <t>Nickel Normal Double WR3</t>
   </si>
   <si>
     <t>1-10-MIN 13 (9:13) 19-Richard Welch sacked at MIN 24 for -11 yards (93-James Smith). Sack allowed by 76-Kyle Dempsey.</t>
   </si>
   <si>
     <t>8:30</t>
   </si>
   <si>
     <t>MIN 24</t>
   </si>
   <si>
     <t>I Formation Normal PA Fullback Flat</t>
   </si>
   <si>
     <t>2-21-MIN 24 (8:29) 19-Richard Welch pass complete to 89-Daniel Hunter to MIN 8 for 16 yards. Tackle by 51-Gregory Morgan.</t>
   </si>