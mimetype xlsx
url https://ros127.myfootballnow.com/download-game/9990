--- v3 (2026-02-03)
+++ v4 (2026-02-23)
@@ -524,51 +524,51 @@
   <si>
     <t>#44 Antonio Dawson - WR</t>
   </si>
   <si>
     <t>#42 Trent Jackson - FB</t>
   </si>
   <si>
     <t>#88 Billy Edmonds - TE</t>
   </si>
   <si>
     <t>#85 William Johnson - WR</t>
   </si>
   <si>
     <t>#69 John Degree - RG</t>
   </si>
   <si>
     <t>#63 Lenard Wilson - RG</t>
   </si>
   <si>
     <t>#64 Martin Woodward - C</t>
   </si>
   <si>
     <t>#68 Milton Carter - RT</t>
   </si>
   <si>
-    <t>#96 Danny Samuels - SLB</t>
+    <t>#59 Danny Samuels - SLB</t>
   </si>
   <si>
     <t>#43 Christopher Ritchey - WLB</t>
   </si>
   <si>
     <t>#57 William Vinson - WLB</t>
   </si>
   <si>
     <t>#36 Ronald Dunklin - CB</t>
   </si>
   <si>
     <t>#23 David Tolbert - CB</t>
   </si>
   <si>
     <t>#45 John Dancy - FS</t>
   </si>
   <si>
     <t>#42 Justin Bishop - FS</t>
   </si>
   <si>
     <t>12:06</t>
   </si>
   <si>
     <t>MIN 26</t>
   </si>