--- v4 (2026-02-23)
+++ v5 (2026-03-25)
@@ -608,51 +608,51 @@
   <si>
     <t>1-10-MIN 40 (10:43) 13-Ernest Forney pass complete to 42-Trent Jackson to MIN 46 for 6 yards. Tackle by 96-Danny Samuels.</t>
   </si>
   <si>
     <t>#27 John Hayes - RB</t>
   </si>
   <si>
     <t>10:09</t>
   </si>
   <si>
     <t>MIN 46</t>
   </si>
   <si>
     <t>Split Backs 3 Wide WR Post</t>
   </si>
   <si>
     <t>Nickel Normal Man Zone</t>
   </si>
   <si>
     <t>2-4-MIN 46 (10:08) 13-Ernest Forney pass Pass knocked down by 56-Christopher Ritchey. incomplete, intended for 82-Wm Addis.</t>
   </si>
   <si>
     <t>#16 Wm Addis - WR</t>
   </si>
   <si>
-    <t>#86 James Breen - WR</t>
+    <t>#11 James Breen - WR</t>
   </si>
   <si>
     <t>10:03</t>
   </si>
   <si>
     <t>I Formation Power PA Flats</t>
   </si>
   <si>
     <t>3-4-MIN 46 (10:04) 13-Ernest Forney pass complete to 42-Trent Jackson to MIN 46 for a short gain. Tackle by 54-Harry Litchfield.</t>
   </si>
   <si>
     <t>#51 Charles Volkert - MLB</t>
   </si>
   <si>
     <t>#50 Brian Johnson - LDE</t>
   </si>
   <si>
     <t>9:25</t>
   </si>
   <si>
     <t>4-4-MIN 46 (9:24) 8-Jesse Mendivil punts 57 yards to KCY -2.4-4-MIN 46 (9:24) 8-Jesse Mendivil punts 57 yards to KCY -2. Touchback.</t>
   </si>
   <si>
     <t>#6 Jesse Mendivil - P</t>
   </si>
@@ -755,51 +755,51 @@
   <si>
     <t>MIN 47</t>
   </si>
   <si>
     <t>Strong I Normal WR Post TE Out</t>
   </si>
   <si>
     <t>46 Normal Strong Blitz</t>
   </si>
   <si>
     <t>1-10-MIN 47 (6:18) 13-Ernest Forney sacked at MIN 40 for -7 yards (47-Adrian Leming)</t>
   </si>
   <si>
     <t>5:37</t>
   </si>
   <si>
     <t>I Formation 3WR SE Post</t>
   </si>
   <si>
     <t>Nickel Strong 2 Deep Man Under</t>
   </si>
   <si>
     <t>2-17-MIN 40 (5:36) 13-Ernest Forney pass complete to 86-James Breen to MIN 45 for 5 yards. Tackle by 36-Ronald Dunklin.</t>
   </si>
   <si>
-    <t>#17 George Butler - WR</t>
+    <t>#15 George Butler - WR</t>
   </si>
   <si>
     <t>4:51</t>
   </si>
   <si>
     <t>MIN 45</t>
   </si>
   <si>
     <t>Singleback Big PA Curls</t>
   </si>
   <si>
     <t>4-3 Normal Double WR3</t>
   </si>
   <si>
     <t>3-13-MIN 45 (4:50) 13-Ernest Forney pass INTERCEPTED by 20-Alexander Spinks at MIN 49. 20-Alexander Spinks to MIN 48 for 1 yards. Tackle by 85-William Johnson. MIN 44-Antonio Dawson was injured on the play. He looks like he should be able to return.</t>
   </si>
   <si>
     <t>4:46</t>
   </si>
   <si>
     <t>MIN 48</t>
   </si>
   <si>
     <t>I Formation Twin WR HB Toss Weak</t>
   </si>